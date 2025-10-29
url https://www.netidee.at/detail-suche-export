--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -101,106 +101,231 @@
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
     <t>Event netidee</t>
   </si>
   <si>
-    <t>netidee Talk 2025</t>
-[...2 lines deleted...]
-    <t>02.10.2025</t>
+    <t>netidee Talk 2025 - 20 Jahre netidee</t>
+  </si>
+  <si>
+    <t>Beim netidee Talk werden die Fördernehmer*innen des Call 20 vorgestellt und im Rahmen von Podiumsdiskussionen aktuellen Themen rund um das Internet von Expert*innen beleuchtet.</t>
+  </si>
+  <si>
+    <t>13.10.2025</t>
   </si>
   <si>
     <t>Blog netidee</t>
   </si>
   <si>
     <t>Das Eventvideo zum netidee Talk 2024</t>
   </si>
   <si>
     <t>Das Eventvideo zum netidee Talk 2024: Prämierung, Diskussionen und Networking im VIENNABallhaus</t>
   </si>
   <si>
     <t>{"preview_thumbnail":"/sites/default/files/styles/video_embed_wysiwyg_preview/public/video_thumbnails/QR28NosTrcE.jpg?itok=xw-kn3cD","video_url":"https://www.youtube.com/watch?v=QR28NosTrcE&amp;t=4s","settings":{"responsive":1,"width":"854","height":"480","autoplay":0},"settings_summary":["Embedded Video (Responsive)."]}
 Der Förderbeirat der netidee Förderungen, Österreichs großer Internet-Förderaktion, hat aus 119 Anträgen 18 Projekte und 10 Stipendiat:innen ausgewählt, welche insgesamt eine Summe von 870.000 Euro zur Förderung des Internets in Österreich erhalten. Die Ausschüttung im Rahmen der netidee Science Kooperation mit dem FWF von 400.000 Euro geht an ein Forschungsprojekt an der Wirtschaftsuniversität Wien. Beim netidee Talk 2024 wurden in zwei Podiumsdiskussionen aktuelle Internet-Themen von Expert:innen beleuchtet und alle Fördernehmer:innen präsentiert. Das Event im ViennaBALLHAUS war ein gelungener Start für die Geförderten und eine tolle Möglichkeit zum vernetzen. </t>
   </si>
   <si>
     <t>14.01.2025</t>
   </si>
   <si>
     <t>Projekt Call #19</t>
   </si>
   <si>
     <t>Community Project</t>
   </si>
   <si>
+    <t>HaSPI</t>
+  </si>
+  <si>
+    <t>Hate Speech Prevention Through Imitation</t>
+  </si>
+  <si>
+    <t>Mit HaSPI entwickeln wir ein Open-Source-Tool zur Erkennung von Hate Speech auf deutschsprachigen Plattformen. Mithilfe von Imitation Learning verbessern wir die automatische Moderation von Online-Inhalten.</t>
+  </si>
+  <si>
+    <t>Hate Speech ist nach wie vor ein erhebliches Problem im Internet, insbesondere im deutschsprachigen Raum, viele der bestehenden Lösungen berücksichtigen den plattformspezifischen Kontext nicht oder sind auf englische Inhalte beschränkt.
+Wir sind Forscher auf der FH St. Pölten im Bereich Data Science und Artificial Intelligence, und wollen mit unserem Projekt HaSPI – Hate Speech Prevention Through Imitation – einen innovativen Ansatz verfolgen, der auf Imitation Learning basiert. Mithilfe des "One Million Posts"-Korpus von DER STANDARD wird versucht, menschliche Intentionen im deutschen Sprachkontext besser zu verstehen, um so eine präzisere und effektivere automatisierte Moderation von Online-Inhalten zu ermöglichen.
+Das Ziel von HaSPI ist es, ein Open-Source-Framework zu entwickeln, das speziell auf die Erkennung von Hate Speech auf deutschsprachigen Plattformen ausgerichtet ist. Es soll dabei nicht nur die Effektivität des Imitation-Learning-Ansatzes für die automatisierte Content-Moderation validiert werden, sondern auch die Erklärbarkeit der getroffenen Entscheidungen gewährleistet sein.</t>
+  </si>
+  <si>
+    <t>Proof of Concept</t>
+  </si>
+  <si>
+    <t>AI | KI, Python</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Context-Awareness, Demokratie | Transparenz, Online-Plattformen</t>
+  </si>
+  <si>
+    <t>FH St. Pölten</t>
+  </si>
+  <si>
+    <t>Erwachsene, thematische Community</t>
+  </si>
+  <si>
+    <t>Zwischenbericht</t>
+  </si>
+  <si>
+    <t>27.10.2025</t>
+  </si>
+  <si>
+    <t>CrOSSD2</t>
+  </si>
+  <si>
+    <t>Extending the Critical Open-Source Software Database</t>
+  </si>
+  <si>
+    <t>CrOSSD2 löst das Problem der mangelhaften Informationsbasis für Entscheidungen: die Gesundheit von OSS-Projekten hängt stark von der Qualität der Kommunikation und Zusammenarbeit der Entwickler:innen ab. Eine rein quantitative Analyse (wie in CrOSSD bislang umgesetzt), z.B. durch Anzahl der Mitarbeitenden oder Commits, reicht nicht aus, um detaillierte Einblicke zu gewinnen. Das soll in CrOSSD2 durch neue Metriken (NLP-basierte Inhaltsanalysen) und durch Community-Arbeit gelöst werden.
+In CrOSSD 1 (siehe [crossd.tech](https://crossd.tech) bzw. [health.crossd.tech](https://health.crossd.tech)) haben wir eine Datenbank aufgebaut, die
+wichtige/kritische Open-Source-Software- (OSS)-Projekte identifizieren und ihren aktuellen
+„Gesundheits“-Status bewerten kann. Wir möchten diese Arbeit weiterführen systematisch OSS-
+Communitys ansprechen.
+Im Unterschied zu CrOSSD richtet sich CrOSSD2 vorrangig an Stakeholder wie OSS-
+Projektleiter:innen und -Entwickler:innen. Diese nutzen die Ergebnisse, um fundierte
+Technologieentscheidungen zur Nutzung von OSS-Software zu treffen. Zudem intensiviert
+CrOSSD2 die Community-Arbeit: qualitative Bewertungen durch Interviews und Workshops sollen
+detailliertere Einblicke ermöglichen.</t>
+  </si>
+  <si>
+    <t>22.10.2025</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>LLMs zur automatisierten Bewertung der Gesundheit von Open-Source-Software</t>
+  </si>
+  <si>
+    <t>Wie wir KI-gestützte Analysen von Metriken umsetzen wollen</t>
+  </si>
+  <si>
+    <t>Im CrOSSD2-Projekt erforschen wir, wie LLMs helfen können, die Qualität und Wartbarkeit von Open-Source-Projekten präziser und effizienter zu bewerten.</t>
+  </si>
+  <si>
+    <t>Im CrOSSD-Projekt beschäftigen wir uns mit der Frage, wie man die Gesundheit von Open-Source-Software (OSS) objektiv und vergleichbar messen kann. Nachhaltigkeit, Wartbarkeit und Vertrauenswürdigkeit sind entscheidend – besonders für Forschungssoftware.
+Auf unserer CrOSSD Health-Plattform erfassen wir bereits zentrale Metriken, die den Zustand eines Projekts beschreiben, z.B.:
+	Aktive Mitwirkende
+	Issue-Schließzeiten
+	Code-Churn 
+	Code-Abhängigkeiten
+Diese Kennzahlen orientieren u.a. sich an den CHAOSS-Metriken der Linux Foundation und an Forschungsarbeiten wie “Is this GitHub Project Maintained?” (2020). Sie bilden ein solides Fundament – doch die Herausforderung liegt darin, diese Informationen automatisiert, skaliert und kontextualisiert auszuwerten. Hier beschäftigen wir uns aktuell mit dem Einsatz vonLLMs und agentischen KI-Systeme.
+LLMs als Enabler
+Viele unserer OSS-Metriken in der CrOSSD-Plattform erfordern die Zusammenführung verschiedener Datenquellen, z.B., Git-Commits, Issues, Paket-Abhängigkeiten, Release-Tags. LLMs können dabei helfen, diese Teils unstrukturierten Informationen zu verstehen und anzureichern.
+Ein LLM kann z.B. automatisch erkennen, ob ein Commit ein Bugfix, ein Feature oder ein Refactoring ist. Arbeiten wie Amit and Feitelson (2020) zeigen, dass solche Commit-Klassifikationen die Aussagekraft klassischer Metriken deutlich verbessern. 
+Von Zahlen zu Einsichten
+Metriken allein erzählen aber noch keine Geschichte: wenn sich z.B. der Churn-Wert verdoppelt, ist das ein Problem oder ein Zeichen aktiver Entwicklung?
+LLMs können hier Kontext schaffen, z.B. durch das vergleichen von Projekten, erkennen von Trends oder formulieren von Berichte:
+„Das Projekt hat im letzten Quartal 12 aktive Contributor (–25 %). Die durchschnittliche Issue-Schließzeit stieg von 3 auf 7 Tage. Der Code-Churn liegt mit 22 % über dem Median vergleichbarer Projekte (18 %).“
+LLMs erreichen in strukturierten Aufgaben hohe Genauigkeit, sind aber nicht unfehlbar. Darum bleibt Transparenz bei der Berechnung der Metrik zentral: Nutzer:innen sollen nachvollziehen können, woher ein Score kommt und wie er berechnet wurde. Metriken brauchen Kontext – ein hoher Code-Churn kann sowohl auf Chaos als auch auf Innovation hindeuten.
+Nächste Schritte im CrOSSD-Projekt
+In der kommenden Phase wollen wir:
+	LLM-gestützte Metrik-Anreicherung – z.B. Commit- und Issue-Texte automatisch klassifizieren.
+	Automatische Health-Reports – interpretierte, textuelle Zusammenfassungen.
+	Validierung – LLM-Ergebnisse regelmäßig manuell validieren.
+Klassische OSS-Metriken, wie sie aktuell in CrOSSD implementiert sind (Aktivität, Churn, Code-Abhängigkeiten, etc.) sind etabliert. Mit LLMs wollen wir sie intelligenter interpretieren und automatisiert auswerten und so verständliche, kontextbezogene Einsichten über die Gesundheit von Open-Source-Software zu generieren.</t>
+  </si>
+  <si>
+    <t>Hate doesn't only speak English</t>
+  </si>
+  <si>
+    <t>Why Content Moderation Needs to Work in Every Language</t>
+  </si>
+  <si>
+    <t>Automated content moderation only works when systems understand local languages. Without diverse data and tailored NLP models, hate speech detection fails—showing that language awareness is key to safer, fairer on- and offline spaces.</t>
+  </si>
+  <si>
+    <t>In the late 2010s, Myanmar, a country of about 50 million people, had 18 million Facebook users. After decades of military rule, sudden internet access turned the platform into an influential news source but also a fertile ground for hate speech. Limited digital literacy met deep ethnic and religious tensions. And hate, especially against the Rohingya minority, spread fast. Facebook was unprepared: few Burmese-speaking moderators, AI unable to read local fonts, and a reporting system only available in English until 2015. Unchecked hate posts fuelled hostility. In 2017 violence escalated into a nationwide genocide (cf. Stecklow, 2018, n.p.) - a tragic reminder that content moderation must work in every language. For a summary of events see Last Week Tonight with John Oliver “Facebook” from 2018 or the BBC report ‘The country where Facebook posts whipped up hate’.
+The English Advantage
+English is spoken by 1.5 billion people - about 18 % of the global population (Calculating with 8.2 billion people, cf. United Nations, 2024, VII.), making it the most spoken language in the world (cf. Ethnologue, 2025, n. p.). Due to its high level of digital support it offers an abundance of resources for language models (cf. Ethnologue, n. d., n. p.). This creates various challenges when developing content moderation systems in minority language contexts.
+Every Language is Unique
+Every language has its own origin, culture and composition. For example, Moroccan Darija (MD) is heavily shaped by French, Berber and Spanish, meaning MD speakers often switch between languages. This is called Code Switching (CS) and can even mean switching writing direction between single sentences (cf. Aghzal, Mourhir, 2021, 267.). Hence, the structure and technical design of language models must account for the characteristics of the respective language.
+Digital Inclusion is Key
+Most of the world's languages are not as integrated into the digital world as English or German for example. But aspects like script encoding standards and the availability of typefaces or keyboards are essential for generating necessary data. Another vital sociopolitical factor is the access to digital devices such as computers (cf. Pava, et al., 2025, 7f.).
+Where to Draw the Line?
+Deciding when speech becomes harmful is difficult. It requires context understanding, identifying tone of voice or implicit meaning, detecting irony and sarcasm etc. This is already extraordinarily hard for humans, especially because it also heavily depends on their personal views, their social and cultural background (cf. Abdellaoui, et al., 2024, 2.). This is also shown in the episode “Facebook &amp; Content Moderation” of Last Week Tonight with John Oliver from 2025.
+The Data Gap: Low Resource, High Challenge
+For low-resource languages representative data is scarce. Labelled and unlabelled datasets for languages like Burmese or MD are mostly poor in quality or entirely absent. Moreover, available sources can be limited in scope, as they mainly consist of religious, legal or online texts (cf. Pava, et al., 2025, 7f.). Another issue is the lack of language-specific tools, such as part-of-speech (POS) taggers or word embeddings. Consequently, researchers tend to build their own datasets, making it difficult to compare models (see for example Aghzal, Mourhir, 2021, 267.). Machine translation can sometimes supplement data but remains limited, as it fails to capture linguistic nuances or produces unnatural patterns (cf. Pava, et al., 2025, 15f.).
+The Model Gap: Effective Transfer Learning
+Most language models are primarily trained on English data. To bridge this gap, researchers explore different approaches ranging from monolingual applications to multilingual models like mBERT (cf. Pava, et al., 2025, 10.). These models have been pre-trained on high-resource datasets and can be fine-tuned on low-resource languages. Recent studies show promising results for this type of cross-lingual knowledge transfer, especially when there is only little training data (cf. Sai, et al., 2020, 2. &amp; Abdellaoui et al., 2024, 4.).
+Above Accuracy: Evaluation &amp; Testing
+Language models are vulnerable to adversarial attacks, meaning their reliability suffers if the input data is perturbed (cf. Goyal, et al., 2023, 1.). Therefore, standard testing metrics like accuracy are insufficient. Evaluation should consider indicators like correctness, robustness and fairness. Metamorphic testing addresses this by analysing how outputs change when inputs are altered. Adversarial data, such as inserted spaces or word substitutions, is often used for these tests. However, even well-performing models for low-resource languages must ultimately be tested in real-world applications to prove their practical suitability (cf. Abdellaoui, et al., 2024, 5f.).
+Learning to Talk Global
+Content moderation systems can effectively detect hate speech only if they truly understand the respective language, its nuances, and contexts. Local language competence is not a minor detail, but a crucial key to making on- and offline spaces safe - no matter where.
+While German hate speech detection is well-researched on social media, it remains underexplored in newspaper forums (cf. Krejca, et al., 2025, 1.). With HaSPI, we aim to close this gap by applying an innovative imitation learning approach to enable reliable detection in this context as well gaining deeper insight into the reasons for hate speech in (Austrian) German.
+References
+References_hate-doesnt-only-speak-english_netidee_1.pdf</t>
+  </si>
+  <si>
+    <t>09.10.2025</t>
+  </si>
+  <si>
     <t>LEO Trek</t>
   </si>
   <si>
     <t>LEO Trek ermöglicht die nahtlose Ausführung von Serverless Functions im 3D Continuum. Disaster Response Anwendungen müssen schnell Earth Observation (EO) Daten von Satelliten mit InSitu Daten von der Erde kombinieren, um wichtige Infos für Hilfeteams zu erarbeiten. EO Rohdaten von Satelliten sind riesig, sodass das Herunterladen auf die Erde zeitintensiv ist. Eine Verarbeitung der EO Daten auf Low Earth Orbit (LEO) Satelliten kann viel Zeit sparen und schneller Ergebnisse an Hilfeteams liefern.</t>
   </si>
   <si>
     <t>Cloud Service</t>
   </si>
   <si>
     <t>Apache 2.0, CC-BY</t>
   </si>
   <si>
     <t>Distributed Systems</t>
   </si>
   <si>
     <t>Technische Universität Wien</t>
   </si>
   <si>
     <t>Start-ups, Systemintegratoren, Techniker:innen, thematische Community</t>
   </si>
   <si>
     <t>Zwischenbericht, Paper, Paper, Paper, Paper, Paper</t>
   </si>
   <si>
     <t>08.10.2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Blog</t>
   </si>
   <si>
     <t>Workflow-Management-System</t>
   </si>
   <si>
     <t>Teilautomatisierung der Arbeitsprozesse der Watchlist Internet</t>
   </si>
   <si>
     <t>Die Menge an Daten, die täglich bei der Watchlist Internet eingeht, wächst kontinuierlich. Damit stellt sich die Frage: Wie können wir diese Datenflut effizient nutzen, ohne dabei Qualität einzubüßen? Ein neues Workflow-Management-System soll dabei helfen.</t>
   </si>
   <si>
     <t>Automatisierte Vorverarbeitung mittels Impressums-Check &amp; Trustpilot-Analyse
 Neben den hunderten täglichen Nutzer:innen-Meldungen erreichen uns auch tausende automatisch detektierte Daten – etwa durch Crawler, die Google oder die Meta-Werbebibliothek nach bestimmten Textphrasen durchsuchen, durch Scraping-Tools oder durch das Fake-Shop Detector Plugin, das jede aufgerufene Domain mit einem KI-basierten Risikoscore versieht.
 Das Problem: Viele dieser wertvollen Daten bleiben bislang unbearbeitet. Künftig sollen Domains aus unterschiedlichen Quellen regelbasiert teilautomatisiert verarbeitet werden. Ziel ist es, die Anzahl und Aktualität der Domaineinträge auf den Warnlisten zu erhöhen und gleichzeitig den hohen Anspruch an Qualitätssicherung zu wahren.
 Verdächtige Domains werden dabei nicht mehr ausschließlich manuell geprüft, sondern anhand klarer Kriterien automatisch vorbewertet. Bei einem sehr hohen Risiko erfolgt die direkte Veröffentlichung auf den Warnlisten. Dafür werden bestehende Tools wie der Impressums-Check (inkl. Validierung von UID-Daten) und die Trustpilot-Analyse in die Datenbank des Fake-Shop Detectors integriert.
 Human-in-the-Loop Integration
 Die Automatisierung ersetzt die menschliche Einschätzung nicht, sondern ergänzt sie. Domains mit hoher – aber nicht sehr hoher – Wahrscheinlichkeit für Betrug werden an die Expert:innen der Watchlist Internet zur manuellen Überprüfung weitergeleitet. Zusätzlich wird getestet, inwieweit Clickworker standardisierte Prüfungen übernehmen können.
 Die Ergebnisse der menschlichen Qualitätssicherung fließen wiederum zurück in die Automatisierungslogik. Dadurch kann sich das System kontinuierlich verbessern, neue Betrugsformen berücksichtigen und die Klassifikation laufend exakter gestaltet werden.
 Die Workflows für die verschiedenen Datenquellen wurden bereits konzeptionell entwickelt, die technische Umsetzung läuft aktuell. Langfristiges Ziel ist es, durch die Kombination aus Automatisierung und menschlicher Expertise ein skalierbares System zu schaffen: eines, das trotz wachsender Datenmengen die Redaktion von Routineaufgaben entlastet, bestehende Tools optimal nutzt und die Quantität sowie die Aktualität der Warnlisten deutlich erhöht – ohne den hohen Qualitätsanspruch der Watchlist Internet zu verlieren.</t>
   </si>
   <si>
     <t>Automation, Human Computer Interaction, Internetbetrug</t>
   </si>
   <si>
     <t>Databelt: A Continuous Data Path for Serverless Workflows in the 3D Continuum</t>
@@ -233,169 +358,50 @@
   <si>
     <t>Die KI-gestützte Lösung extrahiert und stellt Informationen über die Barrierefreiheit und/oder Benefits eines Unternehmens dar. Dabei werden die Beschreibung und das Unternehmensprofil als Basis verwendet um die wichtigsten Details hervorzuheben. Das Ziel ist es die Benefits und die Unternehmenskultur schnell sichtbar und erkennbar
 darzustellen.
 Außerdem wird zu jeder Jobbeschreibung wird eine Zusammenfassung in einfacher Sprache hinzugefügt. Diese Zusammenfassung sowie die originale Jobbeschreibung können separat mittels Sprachausgabe vorgelesen werden. Die Sprachausgabe ist für Personen mit Sehbehinderung barrierefrei anwählbar und auch als Tastaturnutzer:in verwendbar.</t>
   </si>
   <si>
     <t>B2C</t>
   </si>
   <si>
     <t>GPL 2.0</t>
   </si>
   <si>
     <t>AI | KI</t>
   </si>
   <si>
     <t>Online-Plattformen</t>
   </si>
   <si>
     <t>Menschen mit Behinderung</t>
   </si>
   <si>
     <t>Code, Zwischenbericht, Entwicklerdoku, Entwicklerdoku, Entwicklerdoku,</t>
   </si>
   <si>
     <t>06.10.2025</t>
-  </si>
-[...117 lines deleted...]
-    <t>11.09.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -719,63 +725,63 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="103.689" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="15" max="15" width="506.019" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="1201.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="589.713" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="16.425" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="104.832" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="82.408" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -844,527 +850,533 @@
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
         <v>2025</v>
       </c>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>28</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
         <v>29</v>
       </c>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
-      <c r="O2"/>
+      <c r="O2" t="s">
+        <v>30</v>
+      </c>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
       <c r="Y3"/>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
         <v>2024</v>
       </c>
       <c r="B4">
-        <v>7442</v>
+        <v>7207</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L4"/>
-      <c r="M4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
       <c r="N4"/>
-      <c r="O4"/>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
       <c r="P4"/>
       <c r="Q4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="R4" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="S4"/>
       <c r="T4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="U4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="V4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="W4"/>
       <c r="X4" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="Y4"/>
       <c r="Z4" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
         <v>2024</v>
       </c>
       <c r="B5">
-        <v>7285</v>
+        <v>7399</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="N5"/>
       <c r="O5" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="P5" t="s">
         <v>51</v>
       </c>
-      <c r="Q5"/>
+      <c r="P5"/>
+      <c r="Q5" t="s">
+        <v>52</v>
+      </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
-      <c r="Y5" t="s">
-[...2 lines deleted...]
-      <c r="Z5"/>
+      <c r="Y5"/>
+      <c r="Z5" t="s">
+        <v>48</v>
+      </c>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2024</v>
       </c>
       <c r="B6">
-        <v>7442</v>
+        <v>7399</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
-      <c r="Y6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2024</v>
       </c>
       <c r="B7">
-        <v>7237</v>
+        <v>7207</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="L7"/>
-      <c r="M7"/>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
       <c r="N7"/>
       <c r="O7" t="s">
-        <v>58</v>
-[...8 lines deleted...]
-      <c r="S7" t="s">
         <v>61</v>
       </c>
-      <c r="T7" t="s">
+      <c r="P7" t="s">
         <v>62</v>
       </c>
-      <c r="U7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q7"/>
+      <c r="R7"/>
+      <c r="S7"/>
+      <c r="T7"/>
+      <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
-      <c r="X7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X7"/>
       <c r="Y7"/>
-      <c r="Z7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
         <v>2024</v>
       </c>
       <c r="B8">
-        <v>7232</v>
+        <v>7442</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
+        <v>64</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8"/>
+      <c r="O8"/>
+      <c r="P8"/>
+      <c r="Q8" t="s">
+        <v>65</v>
+      </c>
+      <c r="R8" t="s">
+        <v>66</v>
+      </c>
+      <c r="S8" t="s">
         <v>67</v>
       </c>
-      <c r="L8"/>
-      <c r="M8" t="s">
+      <c r="T8" t="s">
+        <v>66</v>
+      </c>
+      <c r="U8" t="s">
         <v>68</v>
       </c>
-      <c r="N8" t="s">
+      <c r="V8" t="s">
         <v>69</v>
       </c>
-      <c r="O8" t="s">
+      <c r="W8"/>
+      <c r="X8" t="s">
         <v>70</v>
       </c>
-      <c r="P8" t="s">
+      <c r="Y8"/>
+      <c r="Z8" t="s">
         <v>71</v>
       </c>
-      <c r="Q8"/>
-[...10 lines deleted...]
-      <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
         <v>2024</v>
       </c>
       <c r="B9">
-        <v>7237</v>
+        <v>7285</v>
       </c>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
         <v>2024</v>
       </c>
       <c r="B10">
-        <v>7353</v>
+        <v>7442</v>
       </c>
       <c r="C10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="N10"/>
       <c r="O10" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
-      <c r="Y10"/>
+      <c r="Y10" t="s">
+        <v>81</v>
+      </c>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
         <v>2024</v>
       </c>
       <c r="B11">
-        <v>7328</v>
+        <v>7237</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
+        <v>82</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11"/>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11"/>
+      <c r="Q11" t="s">
+        <v>84</v>
+      </c>
+      <c r="R11" t="s">
         <v>85</v>
       </c>
-      <c r="L11"/>
-      <c r="M11" t="s">
+      <c r="S11" t="s">
         <v>86</v>
       </c>
-      <c r="N11" t="s">
+      <c r="T11" t="s">
         <v>87</v>
       </c>
-      <c r="O11" t="s">
+      <c r="U11" t="s">
         <v>88</v>
       </c>
-      <c r="P11" t="s">
-[...6 lines deleted...]
-      <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
-      <c r="X11"/>
+      <c r="X11" t="s">
+        <v>89</v>
+      </c>
       <c r="Y11"/>
-      <c r="Z11"/>
+      <c r="Z11" t="s">
+        <v>90</v>
+      </c>
       <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">