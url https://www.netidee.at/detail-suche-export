--- v1 (2025-10-29)
+++ v2 (2025-11-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,310 +98,343 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
-    <t>Event netidee</t>
-[...8 lines deleted...]
-    <t>13.10.2025</t>
+    <t>Stipendium Call #20</t>
+  </si>
+  <si>
+    <t>Community Scholarship</t>
+  </si>
+  <si>
+    <t>Hidden Dangers: Uncovering Security and Privacy Risks through Large-scale Mobile App Analysis</t>
+  </si>
+  <si>
+    <t>Large-scale mobile app analysis to find security and privacy issues</t>
+  </si>
+  <si>
+    <t>Smartphone apps have become essential for our daily lives, handling communication, finances, health data, and other sensitive data. To function, apps often connect with cloud backends or devices and thus embed information about their communication partners. In my thesis, I leverage this property to analyze apps at scale, uncovering security and privacy issues in the IoT ecosystem, local network permissions, and the supply chain. By responsibly disclosing my findings, I help to secure the ecosystem.</t>
+  </si>
+  <si>
+    <t>Dissertation | PhD</t>
+  </si>
+  <si>
+    <t>CC-BY</t>
+  </si>
+  <si>
+    <t>mobile Apps Android, mobile Apps iOS</t>
+  </si>
+  <si>
+    <t>Mobile Apps, Sicherheit | Privacy | Überwachung</t>
+  </si>
+  <si>
+    <t>Universität Wien</t>
+  </si>
+  <si>
+    <t>Techniker:innen</t>
+  </si>
+  <si>
+    <t>29.11.2025</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>Distinguished Paper Award at CCS</t>
+  </si>
+  <si>
+    <t>Leaky Apps: Large-scale Analysis of Secrets Distributed in Android and iOS Apps</t>
+  </si>
+  <si>
+    <t>Our work, “Leaky Apps: Large-scale Analysis of Secrets Distributed in Android and iOS Apps,” was honored with the Distinguished Paper Award at ACM CCS 2025 (ACM SIGSAC Conference on Computer and Communications Security).</t>
+  </si>
+  <si>
+    <t>Our work, “Leaky Apps: Large-scale Analysis of Secrets Distributed in Android and iOS Apps,” was honored with the Distinguished Paper Award at ACM CCS 2025 (ACM SIGSAC Conference on Computer and Communications Security). 
+Leaky Apps: Large-scale Analysis of Secrets Distributed in Android and iOS Apps 
+Mobile apps can embed sensitive data, e.g., API tokens used to communicate with remote services. While some of these secrets are intentionally included by developers, others unintentionally find their way into released apps. An example is Snapchat, which unintentionally leaked parts of its source code through its iOS app. 
+In this paper, we analyzed 10,331 Android and iOS apps to discover secrets distributed in mobile apps and to answer the following research questions: 
+	RQ1: What files do mobile apps contain?
+	RQ2: What secrets do developers distribute in mobile apps?
+	RQ3: How does the situation differ between Android and iOS apps? 
+	RQ4: How did the situation change between 2023 and 2024? 
+Methodology 
+To answer these questions, we designed a static analysis that first extracts the files mobile apps contain. Since both the Android APK bundle and the iOS IPA bundle are essentially ZIP files, we can handle both formats similarly. 
+For each file, we store metadata such as file name, path, and MIME type for further evaluation. For each non-text-based file, we use the strings utility to obtain a text representation. Afterwards, we use a modified version of trufflehog, a regex-based secret detection tool originally designed for Git repositories, to discover secret tokens. 
+To remove false positives, we further validated the extracted tokens remotely. 
+Results 
+By analyzing file metadata, we showed that both iOS and Android apps contain unintentionally added files that can expose secrets, for example, Markdown documents with internal documentation, development scripts, or source files. 
+Our regular-expression-based analysis returned 26,380 credentials, which we filtered with heuristics down to 10,164 credentials. We then validated these against remote endpoints and obtained 416 functional credentials across 65 services, including 13 Git credentials that granted access to 218 public and 2,440 private repositories. 
+Our analysis reveals that more iOS apps leaked secrets, although information leaks exist in both Android and iOS apps. Thus, it is important to study apps from both platforms. 
+Finally, we showed that even when developers remove credentials in later app versions, they often do not revoke them, leaving the credentials exploitable. 
+To improve the current situation, we responsibly disclosed our findings to developers via the contact email addresses listed on the Google Play Store. In total, 77 developers replied: for example, 2 indicated they were already aware of the issue, 13 mentioned that they had already fixed it, and one noted that implementing a fix would be too expensive. 
+Recommendations 
+In general, we recommend that developers inspect the final app bundles they distribute to check whether any unnecessary files, potentially containing secret information, are included. We have published our analysis code on GitHub to help simplify this process.
+Link to the paper: https://dl.acm.org/doi/10.1145/3719027.3765033 
+ </t>
+  </si>
+  <si>
+    <t>How can we improve privacy in AI applications?</t>
+  </si>
+  <si>
+    <t>New methods for private and effective AI systems</t>
+  </si>
+  <si>
+    <t>My Netidee-funded PhD project develops new approaches to strengthen data privacy in Federated Learning without sacrificing model performance. All results, tools, and workflows will be released as open source to support responsible and transparent AI development.</t>
+  </si>
+  <si>
+    <t>I am very grateful to receive the Netidee scholarship to support the completion of my PhD dissertation, “Advancing Privacy in Federated Learning.” This funding enables me to deepen my research into one of today’s most critical challenges in machine learning: ensuring strong data privacy without compromising model performance.
+Federated Learning (FL) and Differential Privacy (DP) are two foundational technologies for privacy-preserving AI. FL enables models to be trained collaboratively without moving raw data, while DP provides formal guarantees that individual information cannot be reverse-engineered from model updates. However, stronger privacy protection typically leads to reduced model accuracy, especially in real-world settings where data across users is highly diverse and non-IID.
+My research focuses on closing this gap. The goal of the project is to develop new methods that improve the privacy–utility trade-off in Federated Learning. By better integrating DP mechanisms into the FL process, the project aims to make it possible to train AI systems that are both private and effective, even under challenging data distributions.
+A central contribution of this work will be the creation of open-source, publicly available tools and reproducible workflows. These resources will support developers, researchers, and organizations in adopting privacy-preserving techniques more easily and responsibly. Beyond academic impact, the project aims to empower the broader AI community to implement privacy by design in real applications — particularly in domains such as healthcare, where sensitive data is at the core of innovation.
+With the support of Netidee, I will conduct extensive experimental evaluations, compare the proposed methods to state-of-the-art baselines, and publish the resulting insights as part of my dissertation. All scientific outputs, code, and documentation will be openly accessible to contribute to transparent and trustworthy AI innovation.
+This work aligns strongly with Netidee’s mission of fostering an open, secure, and privacy-respecting digital ecosystem. I am thankful for the opportunity to advance research that supports responsible AI development in Austria and beyond.</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Privacy</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>Projekt Call #20</t>
+  </si>
+  <si>
+    <t>Community Project</t>
+  </si>
+  <si>
+    <t>RxAngular</t>
+  </si>
+  <si>
+    <t>**Wer sind wir?** Michael Hladky und sein Team beschäftigen sich bereits seit mehr als 10 Jahren mit der Entwicklung und Anwendung von innovativen Web-Technologien zur Beschleunigung von browserbasierten Anwendungen. Motivation: Wartezeiten aufgrund von Performancemängel sollen der Vergangenheit angehören.
+**Für wen ist es?** Das Anwendungsgebiet unserer Entwicklung liegt generell bei browserbasierten Anwendungen - sowohl online (z.B. Webshop) als auch offline (z.B. Multimediasystem im Auto). Unsere Entwicklung richtet sich an Anbieter:innen bzw. Entwickler:innen dieser Anwendungen, um deren Benutzer:innen die bestmögliche Nutzungserfahrung (z.B. ununterbrochene App-Response) bieten zu können.
+**Was ist es?** Bei Seiten-Ladezeiten &gt;3s brechen 53% der Nutzenden den Ladevorgang ab (Google 2017). RxAngular löst das Problem der Verarbeitung und Darstellung von großen Datenmengen bei gleichzeitiger Gewährleistung von dauerhafter User-Interaktivität. Mit RxAngular ist es möglich, auch bei gegebenen System-Limitationen und Randbedingungen (z.B. begrenzte Prozessorleistung) stets die bestmögliche Performance und den höchstmöglichen Datendurchsatz zu erreichen und so negative Nutzungserlebnisse zu verhindern.
+**Wie funktioniert es?** Mit RxAngular werden in einem umfassenden Toolset neue Verfahren und Algorithmen zur Beschleunigung und Optimierung der Runtime Performance von browserbasierten Anwendungen entwickelt. Herzstück sind neuartige Verfahren zur unterbrechungsfreien, intelligenten Aufteilung und Priorisierung von Datenströmen mit neuentwickelten Konzepten wie Frame-Budget-Metrik, Task Abortion oder intell. Coalescing+Scoping.</t>
+  </si>
+  <si>
+    <t>SW-Bibliothek</t>
+  </si>
+  <si>
+    <t>Big Data</t>
+  </si>
+  <si>
+    <t>Internet Messungen</t>
+  </si>
+  <si>
+    <t>LLM Agents for Offensive Security: Why?</t>
+  </si>
+  <si>
+    <t>Why Am I Doing This?</t>
+  </si>
+  <si>
+    <t>Why did I start my research into using LLMs for Offensive Security (Pen-Testing/Hacking)?</t>
+  </si>
+  <si>
+    <t>Ensuring software and systems are secure has never been more critical. Offensive security tests, often referred to as penetration tests (pen-tests), are routinely employed as a proactive measure to discover potential vulnerabilities in software and networks. They are performed by specialized security experts known as white-hat hackers or pen-testers.
+As modern society connects more devices to the Internet, the attack surface of systems is constantly expanding. This expansion makes consistent and thorough security assessments crucial to identify and remediate vulnerabilities before they are exploited by malicious actors. 
+The Cybersecurity Professional Gap
+Despite the need of comprehensive security testing, the cybersecurity field, particularly in specialized areas like penetration testing, is facing a chronic lack of available personnel. This significant shortage prevents organizations from achieving sufficient security test coverage across their software and networks. Without knowing that there are vulnerabilities, people cannot fix them.
+This deficit is not static; it is rapidly escalating. According to the ISC2 Cybersecurity Workforce Study 2024, the growth of the global cybersecurity workforce (+0.1% Year-over-Year, or YoY) was dramatically outpaced by the increase in the workforce gap (19.1% YoY). The industry is grappling with a massive deficit, estimated at 4.7 million workers globally. Increased enrollment in IT security educational programs is a necessary long-term objective, improving the efficiency of existing pen-testers through specialized tooling is an equally critical short-term solution.
+When organizations fail to perform sufficient security assessments, they remain dangerously exposed to potential exploitation. The lack of available pen-testers means organizations cannot achieve the sufficient security test coverage, increasing the risk that vulnerabilities will be discovered and exploited by malicious actors. The consequences can be severe, with ransomware being one of the most publicly visible types of security incidents. Data indicates that 63% of businesses worldwide were affected by ransomware in 2025.
+Can AI/LLMs help with this Situation?
+LLMs have garnered significant attention for their ability to automate human tasks and substantially increase the productivity of human operators.
+Consequently, their potential is increasingly being explored within the context of penetration testing. The fundamental vision of ML-aided security testing involves two primary approaches: replacing human activities by autonomously delegating tasks to the AI, or augmenting human activities by providing real-time feedback and support. My research seeks to align tooling and methods with the specific needs and workflows of security professionals.
+Making Pen-Testers more Productive
+Research aims to augment and empower existing human security testers. Automation directly improves efficiency, enabling pen-testers to cover more ground, whether through deeper investigation of a single target or by covering a larger number of targets within the same timeframe. In addition, automation helps establish a stable baseline quality for testing results, ensuring that outcomes are not negatively influenced by the natural fluctuations in a human tester's daily energy or attention level.
+A key idea arising from interviews with security professionals is the use of the LLM as an “AI sparring partner”. Human pen-testers often value having colleagues who can offer alternative ideas or strategies when they encounter roadblocks. AI-based agents fulfilling this "sparring partner" role can effectively counteract the chronic lack of sufficiently educated security professionals available in the industry.
+LLMs are exceptionally well-suited for automating tedious, time-consuming tasks like enumeration and privilege escalation. These tasks can range from low-level activities, such as providing context-sensitive command parameter completion and explaining tool outputs, to high-level functions like summarizing overall test progress or suggesting next attack avenues.
+Democratizing Access to Security Testing
+By providing automation capabilities that approaches human performance, LLM-guided penetration testing holds the potential to substantially reduce the costs of security tests. This opens a viable path toward democratizing access to security testing, esp. for organizations that currenlty cannot afford it (e.g., NPOs or SMEs) due to the high costs of penetration-testing.
+If the operational costs of LLM-driven prototypes for testing simple networks or finding low-hanging security fruits are competitive with those incurred by human experts, using LLMs to automate and delegate some testing (baselines used for human pen-testers) becomes viable.
+Beyond serving organizations with limited security budgets, augmenting human operators with generative AI is also anticipated to benefit the training of novice penetration testers and aspiring students, essentially acting as automated trainers and resource amplifiers in educational settings.
+ </t>
+  </si>
+  <si>
+    <t>LLM, Security, Pen-Testing, Hacker</t>
+  </si>
+  <si>
+    <t>27.11.2025</t>
+  </si>
+  <si>
+    <t>KI in der Beschaffung &amp; Beschaffung von KI                                                 |  AI in Procurement &amp; Procurement of AI</t>
+  </si>
+  <si>
+    <t>Eine Betrachtung der Schnittmenge von Künstlicher Intelligenz und Vergaberecht  |  A discussion of the intersection of artificial intelligence and public procurement law</t>
+  </si>
+  <si>
+    <t>Die Masterarbeit untersucht die Schnittmenge zwischen Künstlicher Intelligenz (KI) und dem öffentlichen Auftragswesen. Einerseits wird analysiert, wie öffentliche Auftraggeber:innen KI rechtssicher beschaffen können, andererseits wird das Potenzial beleuchtet, wie KI selbst das öffentliche Auftragswesen digital transformieren könnte – etwa durch mehr Transparenz, Effizienz und eine stärkere Antikorruptionswirkung. Ziel ist es, regulatorische Herausforderungen, praxisrelevante Fragestellungen und rechtspolitische Potenziale kritisch zu beleuchten. Dabei werden auch der internationale Forschungsstand sowie vergleichende Beispiele aus anderen Ländern einbezogen. Die Arbeit soll einen interdisziplinären Beitrag zur Weiterentwicklung eines zukunftsfähigen, digitalen Vergaberechts leisten.
+The master’s thesis examines the intersection between artificial intelligence (AI) and public procurement. On the one hand, it analyses how public contracting authorities can procure AI in a legally compliant manner; on the other hand, it explores the potential for AI to digitally transform public procurement itself—for example, through greater transparency, efficiency, and anti-corruption effects. The aim is to critically address regulatory challenges, practice-relevant questions, and legal policy potentials. The thesis also takes into account the international state of research as well as comparative examples from other countries. Overall, the work seeks to make an interdisciplinary contribution to the further development of a future-proof, digital public procurement framework.</t>
+  </si>
+  <si>
+    <t>Masterarbeit</t>
+  </si>
+  <si>
+    <t>AI | KI</t>
+  </si>
+  <si>
+    <t>AI Law, Künstliche Intelligenz /AI / Machine Learning, Public Procurement Law, Vergaberecht</t>
+  </si>
+  <si>
+    <t>Öffentliche Hand, Politik, thematische Community</t>
+  </si>
+  <si>
+    <t>26.11.2025</t>
+  </si>
+  <si>
+    <t>Intellectual Property Protection in Open Data Sharing</t>
+  </si>
+  <si>
+    <t>Intellectual Property Protection for Trustworthy Digital Society</t>
+  </si>
+  <si>
+    <t>Blog #1 | Intellectual Property Protection in Open Data Sharing</t>
+  </si>
+  <si>
+    <t>A tiny mark on your data could shape the future of digital trust.</t>
+  </si>
+  <si>
+    <t>In today’s world, data is copied, shared, and reused at an unprecedented speed. A single dataset can travel across continents in seconds, be integrated into new products, or quietly shape decisions made by algorithms that affect millions of people. Yet despite this immense value, there is still no reliable way to answer a simple question: Who owns this data, and who is responsible when it is misused?
+For centuries, societies have developed tools to protect ownership of creative work. We have copyright laws, watermarks on paintings, signatures on documents, just to name a few. But as more of our economy moves into the digital realm, these traditional safeguards struggle to keep up. Digital files and images can be duplicated perfectly and endlessly. A dataset shared with one partner today might resurface years later in the hands of someone entirely different. And when data is leaked, stolen, or misappropriated, tracing responsibility is a big challenge. Companies, researchers, and public institutions hesitate to share valuable data, fearing a loss of control. Citizens worry about how their information is handled. Regulators face growing pressure to enforce digital rights but lack practical mechanisms to verify who had which data and when.
+Digital watermarking to the rescue
+Instead of trying to lock data away, data watermarking embeds an invisible “signature” directly into the dataset itself. Each shared copy carries a unique marker that identifies its rightful owner and the specific recipient it was shared with. If the data shows up somewhere unexpected, the watermarks offer a capability that can reveal the owner, the source, and the path the data took. In other words, it enables traceability, a core requirement for a trustworthy data ecosystem.
+The idea echoes historical practices: cartographers once marked maps to detect copyright violations [1], and paper manufacturers marked their produced paper as an early form of trademark [2]. But applying similar ideas to digital data requires new technical imagination. Digital watermarking must survive transformations, usage, and analysis, and it must integrate with legal frameworks addressing the intellectual property rights [3].
+Figure 1. Watermarks through the history: antique paper presumably made in the 16th century in Italy; trap streets on an LA map by Thomas Brotehter Map Co. in 1966; digital watermark on a photograph by shutterstock.com
+Why does IP protection matter?
+Data sharing powers everything from medical research to media, from AI development to public administration. Without mechanisms to ensure responsible use, society risks either over-sharing (and losing control) or under-sharing (and losing innovation). Data watermarking contributes to a future where data can be shared confidently, where misuse can be detected, and where digital resources remain trustworthy.
+Solid, transparent, and technically sound solutions are crucial. Data watermarking has already become one of the key building blocks of this next phase: a safer, fairer, and more accountable digital world.
+This dissertation, therefore, strives to improve the robustness and usability of Intellectual Property Protection technologies and aims to provide their full open-source code for facilitating future development. 
+[1] Alexander, I., 2023. Copyright and Cartography: History, Law, and the Circulation of Geographical Knowledge (p. 352). Bloomsbury Academic.
+[2] Müller, L., 2021. Understanding paper: Structures, watermarks, and a conservator’s passion. Harvard Art Museum.
+[3] Graux, H., 2024. What is Data Ownership, and Does it Still Matter Under EU Data Law?: An Exploration of Traditional Concepts of Data Ownership, and of the Expected Impact of the Data Act. Publications Office of the European Union.</t>
   </si>
   <si>
     <t>Blog netidee</t>
   </si>
   <si>
-    <t>Das Eventvideo zum netidee Talk 2024</t>
-[...155 lines deleted...]
-    <t>Distributed Systems</t>
+    <t>Das sind die Geförderten von Call 20!</t>
+  </si>
+  <si>
+    <t>Der Förderbeirat der netidee Förderungen, Österreichs großer Internet-Förderaktion, hat aus 138 Anträgen 18 Projekte und 10 Stipendiat:innen ausgewählt, welche insgesamt eine Summe von rund 1 Million Euro zur Förderung des Internets in Österreich erhalten.</t>
+  </si>
+  <si>
+    <t>1,4 Millionen Euro für innovative Projekte, Stipendien und Forschung
+Der Förderbeirat der netidee Förderungen, Österreichs großer Internet-Förderaktion, hat aus 138 Anträgen 18 Projekte und 10 Stipendiat:innen ausgewählt, welche insgesamt eine Summe von rund 1 Million Euro zur Förderung des Internets in Österreich erhalten.
+„Seit bereits 20 Jahren wird mit der Förderaktion netidee die Weiterentwicklung des Internets in Österreich unterstützt“, so Andreas Koman, Leiter der Förderaktion und Vorstandsvorsitzender der Internet Stiftung. „Und auch heuer hat der Förderbeirat wieder spannende, innovative und gesellschaftlich wertvolle Projekte ausgewählt. Wie üblich, werden alle Ergebnisse der Förderungen der Allgemeinheit kostenfrei als Open-Source zur Verfügung gestellt. Damit können sie von allen genutzt und weiterentwickelt werden und noch mehr Menschen vom Internet profitieren“, so Koman weiter.
+Die geförderten Projekte befassen sich u.a. mit dem Digital Service Act der EU zur Bekämpfung von illegalen Inhalten auf Plattformen, dem Aufbau von drohnengestützten Open-Source Kommunikationssystemen, der effizienten und datenschutzfreundlichen Anwendung von KI-Modellen, einer Whistleblower-Plattform für Kinderschutz in Organisationen, KI-gestützten Lernumgebungen, der hochperformanten Verarbeitung und Anzeige von Informationen im Web und einem E-Book-Reader für Gehörlose.
+Die Themen der geförderten Stipendiat:innen sind u.a. Quantencomputing, die Erhöhung der Effizienz von Cybersecurity-Tester*innen mittels KI, das Internet-of-Things Ecosystem und der Einsatz von KI in der öffentlichen Beschaffung.
+Sonderpreis für „Datenintegrität im Internet“ für Projekt zum Digital Service Act der EU
+Zusätzlich zur Projektförderung vergibt die netidee Förderaktion auch Sonderpreise, die mit 3.000 Euro dotiert sind. Dieser wurde heuer an ein herausragendes Projekt zum Thema „Datenintegrität im Internet“ vergeben.
+Der Förderbeirat vergab den Preis an das Projekt „DSA Monitor – Wissens- und Analyse-Hub für evidenzbasiertes DSA-Enforcement“ des ÖIAT. Dieses Projekt beschäftigt sich mit der Umsetzung des Digital Service Act (DSA) der EU, der darauf abzielt, die Verbreitung illegaler Inhalte auf digitalen Plattformen zu regulieren und die Anbieter solcher Dienste stärker in die Pflicht zu nehmen. Erstellt werden regulatorisch verwertbare Analysen und ein DSA Toolkit zur Bündelung relevanter Ressourcen. Zudem wird die Vernetzung zentraler DSA Stakeholder ermöglicht. Ein besonderer Fokus liegt auf Kinder- und Jugendschutz sowie den Herausforderungen für sog. Trusted Flagger, also anerkannte Meldestellen. Themen wie algorithmische Risiken, „Addictive Design“ und personalisierte Werbung werden untersucht. Damit wird der Hub zu einer sichereren Internetnutzung beitragen, den Kinder- und Jugendschutz stärken und die Arbeitsgrundlagen für Trusted Flagger verbessern.
+Martin-Prager-Integrationspreis an Projekt zur digitalen Inklusion
+Auch heuer wurde der Martin-Prager-Integrationspreis in Höhe von 3.000 Euro vergeben. Dieser wurde in Gedenken an den verstorbenen Stiftungsrat der Internet Stiftung, KR Ing. Martin Prager, ins Leben gerufen. Der Preis wird an jenes geförderte Projekt vergeben, das am besten auf eine Stärkung der digitalen Teilhabe sowie die Nutzung des Internets für integrative Zwecke abzielt.
+Der Förderbeirat vergab den Preis an das Projekt „eqREADER“ von equalizent Media. Dabei wird ein E-Book-Reader entwickelt, der Texte durch Tooltips mit Gebärdensprache ergänzt. Beim Anklicken eines Wortes öffnet sich ein Videofenster, in dem die entsprechende Gebärde angezeigt wird. Auf diese Weise wird das Lesen für gehörlose Personen erleichtert und Bücher im EPUB-Format werden barriereärmer zugänglich. Als Open-Source-Projekt kann der eqREADER frei weiterentwickelt werden, etwa durch die Integration eines Bildwörterbuchs oder die Anpassung an weitere Zielgruppen wie Kinder.
+netidee Science Förderung von 400.000 Euro an Forschungsprojekt des Complexity Science Hub
+Die netidee Science Förderung wird jährlich von der Internet Stiftung dotiert und vom Fonds zur Förderung der wissenschaftlichen Forschung (FWF) vergeben. Den Zuschlag erhielt heuer Frank Neffke für sein Forschungsprojekt über die Skills und die Geografie von Software-Startups. „Die Förderung von Projekten wie jenem von Frank Neffke ist ein zentraler Bestandteil unserer Mission, die digitale Kompetenz und Innovationskraft in Österreich zu stärken. Indem wir die geografischen und wirtschaftlichen Dynamiken der Software-Entwicklung besser verstehen, können wir gezielt dazu beitragen, Österreich als führenden Standort in der digitalen Wirtschaft zu etablieren und die technologische Souveränität Europas zu fördern“, so Andreas Schildberger, Vorstandsmitglied der Internet Stiftung.
+Hier eine Liste mit allen Geförderten des netidee Call 20 aus dem Jahr 2025.  Auf den verlinkten Projektseiten findet man ausführliche Einblicke in die Projekte und Stipendien - es werden regelmäßige Blogbeiträge über ihre Fortschritte verfasst.
+Projekte: 
+	OSMD Braille
+	somes 
+	DSA-Monitor
+	Topokurator
+	Digi:Heldinnen
+	Faircamp 2.0
+	DroneLink
+	eIDAS Monitor
+	IndeRun
+	SovereignSOC
+	Die Hinweisbox
+	RxAngular
+	computor
+	Qriouso
+	Python-Buch
+	WebDataIntegrity
+	aula
+	eqREADER
+Stipendien: 
+	Ne bis in idem im Verhältnis zwischen Digital Markets Act (DMA) und Art 102 AEUV 
+	Hardware Design for Post-Quantum Cryptography and Homomorphic Encryption 
+	Learning in the Quantum Regime 
+	Hidden Dangers: Uncovering Security and Privacy Risks through Large-scale Mobile App Analysis 
+	Analyzing and Understanding the Internet of Insecure Things 
+	Advancing Privacy in Federated Learning 
+	Empowering Data Ownership and Intellectual Property Protection in Open Data Sharing 
+	KI in der Beschaffung &amp; Beschaffung von KI 
+	QUDAPI: Efficient Data Pipeline in Quantum-enhanced Cloud Computing 
+	LLM Agents for Offensive Security
+netidee_folder_25.
+ </t>
+  </si>
+  <si>
+    <t>LLM Agents for Offensive Security</t>
+  </si>
+  <si>
+    <t>"What could go wrong?"</t>
+  </si>
+  <si>
+    <t>We use AI/LLMs to make security testing more efficient. Our goal is to automate tedious tasks to reduce the chronic stress put on penetration-testers while broadening the access to security testing.</t>
+  </si>
+  <si>
+    <t>In today's interconnected digital world, ensuring software and systems are secure has never been more critical. A primary defense against malicious actors is performing offensive security assessments, known as penetration tests (pen-tests), which identify vulnerabilities before they can be exploited.
+Alas, this vital practice is severely hampered by a pervasive challenge: a chronic and increasing global shortage of skilled cybersecurity personnel, often referred to as white-hat hackers or pen-testers. My research is focused on tackling this problem by leveraging the power of Large Language Models (LLMs) --- the technology behind modern AI --- to automate security testing with the goal of improving the efficiency and coverage of security checks.
+I've started my PhD by investigating how hackers' work to better understand the problems and constraints that they are facing. In 2023, I've started to analyze the potential of using LLMs for automating hacking work, with empirical prototypes in Linux and Windows Enterprise networks. Now that I've seen that LLMs are capable of autonomously performing security tasks, I will both investigate how to improve the consistency and reliability of autonomous LLM-driven pen-testing as well as the application of LLM-techniques to interactively augment professional penetration-testers.</t>
+  </si>
+  <si>
+    <t>Dissertation | PhD, Proof of Concept</t>
+  </si>
+  <si>
+    <t>MIT, CC-BY</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Network Security</t>
   </si>
   <si>
     <t>Technische Universität Wien</t>
   </si>
   <si>
-    <t>Start-ups, Systemintegratoren, Techniker:innen, thematische Community</t>
-[...81 lines deleted...]
-    <t>06.10.2025</t>
+    <t>Labore, Techniker:innen</t>
+  </si>
+  <si>
+    <t>Code, Code</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -715,74 +748,74 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="21" max="21" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="310.21" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="937.771" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="82.408" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="26" max="26" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -833,550 +866,554 @@
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
         <v>2025</v>
       </c>
-      <c r="B2"/>
-      <c r="C2"/>
+      <c r="B2">
+        <v>7761</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="P2"/>
-      <c r="Q2"/>
-[...4 lines deleted...]
-      <c r="V2"/>
+      <c r="Q2" t="s">
+        <v>32</v>
+      </c>
+      <c r="R2" t="s">
+        <v>33</v>
+      </c>
+      <c r="S2" t="s">
+        <v>34</v>
+      </c>
+      <c r="T2" t="s">
+        <v>35</v>
+      </c>
+      <c r="U2" t="s">
+        <v>36</v>
+      </c>
+      <c r="V2" t="s">
+        <v>37</v>
+      </c>
       <c r="W2"/>
-      <c r="X2"/>
+      <c r="X2" t="s">
+        <v>38</v>
+      </c>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
-      <c r="B3"/>
-      <c r="C3"/>
+      <c r="B3">
+        <v>7761</v>
+      </c>
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="L3"/>
-      <c r="M3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="M3" t="s">
+        <v>42</v>
+      </c>
+      <c r="N3"/>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
       <c r="Y3"/>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B4">
-        <v>7207</v>
+        <v>7832</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
-        <v>41</v>
-[...7 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q4"/>
+      <c r="R4"/>
       <c r="S4"/>
-      <c r="T4" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="T4"/>
+      <c r="U4"/>
+      <c r="V4"/>
       <c r="W4"/>
-      <c r="X4" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="X4"/>
+      <c r="Y4" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B5">
-        <v>7399</v>
+        <v>7996</v>
       </c>
       <c r="C5" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="L5"/>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M5"/>
       <c r="N5"/>
-      <c r="O5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O5"/>
       <c r="P5"/>
       <c r="Q5" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R5"/>
+        <v>54</v>
+      </c>
+      <c r="R5" t="s">
+        <v>55</v>
+      </c>
       <c r="S5"/>
-      <c r="T5"/>
-      <c r="U5"/>
+      <c r="T5" t="s">
+        <v>56</v>
+      </c>
+      <c r="U5" t="s">
+        <v>57</v>
+      </c>
       <c r="V5"/>
       <c r="W5"/>
-      <c r="X5"/>
+      <c r="X5" t="s">
+        <v>38</v>
+      </c>
       <c r="Y5"/>
-      <c r="Z5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B6">
-        <v>7399</v>
+        <v>7733</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
-      <c r="Y6"/>
+      <c r="Y6" t="s">
+        <v>62</v>
+      </c>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B7">
-        <v>7207</v>
+        <v>7977</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="N7"/>
-      <c r="O7" t="s">
-[...6 lines deleted...]
-      <c r="R7"/>
+      <c r="O7"/>
+      <c r="P7"/>
+      <c r="Q7" t="s">
+        <v>66</v>
+      </c>
+      <c r="R7" t="s">
+        <v>67</v>
+      </c>
       <c r="S7"/>
-      <c r="T7"/>
-[...1 lines deleted...]
-      <c r="V7"/>
+      <c r="T7" t="s">
+        <v>68</v>
+      </c>
+      <c r="U7" t="s">
+        <v>69</v>
+      </c>
+      <c r="V7" t="s">
+        <v>37</v>
+      </c>
       <c r="W7"/>
-      <c r="X7"/>
+      <c r="X7" t="s">
+        <v>70</v>
+      </c>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B8">
-        <v>7442</v>
+        <v>7859</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
-      <c r="Q8" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="Q8"/>
+      <c r="R8"/>
+      <c r="S8"/>
+      <c r="T8"/>
+      <c r="U8"/>
+      <c r="V8"/>
       <c r="W8"/>
-      <c r="X8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X8"/>
       <c r="Y8"/>
-      <c r="Z8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B9">
-        <v>7285</v>
+        <v>7859</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
         <v>73</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
         <v>75</v>
       </c>
       <c r="P9" t="s">
         <v>76</v>
       </c>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
-      <c r="Y9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
         <v>78</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
         <v>80</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
-      <c r="Y10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B11">
-        <v>7237</v>
+        <v>7733</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
+        <v>81</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
         <v>82</v>
       </c>
-      <c r="L11"/>
-      <c r="M11"/>
       <c r="N11"/>
       <c r="O11" t="s">
         <v>83</v>
       </c>
       <c r="P11"/>
       <c r="Q11" t="s">
         <v>84</v>
       </c>
       <c r="R11" t="s">
         <v>85</v>
       </c>
       <c r="S11" t="s">
         <v>86</v>
       </c>
       <c r="T11" t="s">
+        <v>68</v>
+      </c>
+      <c r="U11" t="s">
         <v>87</v>
       </c>
-      <c r="U11" t="s">
+      <c r="V11" t="s">
         <v>88</v>
       </c>
-      <c r="V11"/>
       <c r="W11"/>
       <c r="X11" t="s">
         <v>89</v>
       </c>
       <c r="Y11"/>
-      <c r="Z11" t="s">
+      <c r="Z11"/>
+      <c r="AA11" t="s">
         <v>90</v>
       </c>
-      <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">