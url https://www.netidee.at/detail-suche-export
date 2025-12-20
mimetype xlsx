--- v2 (2025-11-30)
+++ v3 (2025-12-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,343 +98,390 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
+    <t>Blog netidee</t>
+  </si>
+  <si>
+    <t>Das Eventvideo zum netidee Talk 2025 &amp; 20 Jahre netidee Förderungen</t>
+  </si>
+  <si>
+    <t>Das Eventvideo zum netidee Talk 2025 &amp; 20 Jahre netidee Förderungen: Prämierung, Diskussionen und Networking im VIENNABallhaus</t>
+  </si>
+  <si>
+    <t>{"preview_thumbnail":"/sites/default/files/styles/video_embed_wysiwyg_preview/public/video_thumbnails/GrgI98zN-cA.jpg.webp?itok=BgyQGiYS","video_url":"https://www.youtube.com/watch?v=GrgI98zN-cA","settings":{"responsive":1,"width":"854","height":"480","autoplay":0},"settings_summary":["Embedded Video (Responsive)."]}
+Der Förderbeirat der netidee Förderungen, Österreichs großer Internet-Förderaktion, hat aus 138 Anträgen 18 Projekte und 10 Stipendiat*innen ausgewählt, welche insgesamt eine Summe von rund 1 Million Euro zur Förderung des Internets in Österreich erhalten. Die diesjährige netidee Science Förderung, die in Kooperation mit dem FWF vergeben wird, erhielt der Complexity Science Hub. Beim netidee Talk 2025 wurden in zwei Podiumsdiskussionen aktuelle Entwicklungen und Herausforderungen rund um das Thema Internet von Expert*innen umfassend beleuchtet. Darüber hinaus erhielten die Zuschauer*innen die Gelegenheit, erste Einblicke in die Vorhaben der Projekte zu erhalten. </t>
+  </si>
+  <si>
+    <t>19.12.2025</t>
+  </si>
+  <si>
     <t>Stipendium Call #20</t>
   </si>
   <si>
     <t>Community Scholarship</t>
   </si>
   <si>
-    <t>Hidden Dangers: Uncovering Security and Privacy Risks through Large-scale Mobile App Analysis</t>
-[...85 lines deleted...]
-    <t>28.11.2025</t>
+    <t>QUDAPI: Efficient Data Pipeline in Quantum-enhanced Cloud Computing</t>
+  </si>
+  <si>
+    <t>Efficient data exchange between classical and
+quantum systems.</t>
+  </si>
+  <si>
+    <t>Hybrid Classical-Quantum Cloud Computing (HCQCC) can
+solve complex problems efficiently but faces high costs, limited qubits, and heavy data exchange between classical and
+quantum systems. This research proposes QUDAPI, an efficient
+quantum data pipeline that compresses classical data before
+quantum transformation, reducing data transfer, internet bandwidth use, and preserving solution accuracy in HCQCC.</t>
+  </si>
+  <si>
+    <t>Cloud Service, Dissertation | PhD, Proof of Concept</t>
+  </si>
+  <si>
+    <t>Cloud Service, Python</t>
+  </si>
+  <si>
+    <t>Distributed Systems, Online-Plattformen, Systemintegration</t>
+  </si>
+  <si>
+    <t>Technische Universität Wien</t>
+  </si>
+  <si>
+    <t>Start-ups, Student:innen, Techniker:innen</t>
+  </si>
+  <si>
+    <t>15.12.2025</t>
   </si>
   <si>
     <t>Projekt Call #20</t>
   </si>
   <si>
     <t>Community Project</t>
   </si>
   <si>
+    <t>DSA-Monitor</t>
+  </si>
+  <si>
+    <t>Wissens- und Analyse-Hub für evidenzbasiertes DSA-Enforcement</t>
+  </si>
+  <si>
+    <t>Der Digital Services Act (DSA) ist die erste EU-weite Verordnung, die illegale Inhalte auf Plattformen wie Meta, TikTok &amp; Co. bekämpft und Plattformen stärker in die Verantwortung nimmt. Das ÖIAT ist als Trusted Flagger im Sinne des DSA ein vertrauenswürdiger Hinweisgeber und kann problematische Inhalte prioritär zur raschen Entfernung melden. Gleichzeitig ist das ÖIAT seit 1997 eine zentrale Anlaufstelle für digitale Sicherheit. Mit unseren Initiativen wie saferinternet.at, Watchlist Internet, der Internet Ombudsstelle oder der Servicestelle digitaleSenior:innen und durch unsere Nähe zu den Zielgruppen fungieren wir als Frühwarnsystem für digitale Risiken in Österreich.
+Seit Inkrafttreten des DSA wenden sich Behörden mit relevanten Fragestellungen an zivilgesellschaftliche Organisationen wie uns. Die DSA-relevanten Probleme sind häufig bekannt, aber nur schwer greifbar. Aufgrund begrenzter Ressourcen können wir Praxiserfahrungen bisher nur ad-hoc weitergeben – vertiefende Recherchen und Analysen, die regulatorisch verwertbar wären, fehlen. Dies erschwert das DSA-Enforcement.
+Mit DSA Monitor schaffen wir ein zentrales Analyse- und Wissens-Hub, das diese Lücke schließen soll. Zu den Schwerpunktthemen „Kinder- und Jugendschutz“ sowie „Hürden für Trusted Flagger“ wollen wir fundiertes, evidenzbasiertes Wissen für die digitale Plattformaufsicht aufbereiten und Behörden gezielt beim DSA-Enforcement unterstützen.</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>RxAngular</t>
+  </si>
+  <si>
+    <t>Hochperformante Verarbeitung &amp; Anzeige von Informationen im Web</t>
   </si>
   <si>
     <t>**Wer sind wir?** Michael Hladky und sein Team beschäftigen sich bereits seit mehr als 10 Jahren mit der Entwicklung und Anwendung von innovativen Web-Technologien zur Beschleunigung von browserbasierten Anwendungen. Motivation: Wartezeiten aufgrund von Performancemängel sollen der Vergangenheit angehören.
 **Für wen ist es?** Das Anwendungsgebiet unserer Entwicklung liegt generell bei browserbasierten Anwendungen - sowohl online (z.B. Webshop) als auch offline (z.B. Multimediasystem im Auto). Unsere Entwicklung richtet sich an Anbieter:innen bzw. Entwickler:innen dieser Anwendungen, um deren Benutzer:innen die bestmögliche Nutzungserfahrung (z.B. ununterbrochene App-Response) bieten zu können.
 **Was ist es?** Bei Seiten-Ladezeiten &gt;3s brechen 53% der Nutzenden den Ladevorgang ab (Google 2017). RxAngular löst das Problem der Verarbeitung und Darstellung von großen Datenmengen bei gleichzeitiger Gewährleistung von dauerhafter User-Interaktivität. Mit RxAngular ist es möglich, auch bei gegebenen System-Limitationen und Randbedingungen (z.B. begrenzte Prozessorleistung) stets die bestmögliche Performance und den höchstmöglichen Datendurchsatz zu erreichen und so negative Nutzungserlebnisse zu verhindern.
 **Wie funktioniert es?** Mit RxAngular werden in einem umfassenden Toolset neue Verfahren und Algorithmen zur Beschleunigung und Optimierung der Runtime Performance von browserbasierten Anwendungen entwickelt. Herzstück sind neuartige Verfahren zur unterbrechungsfreien, intelligenten Aufteilung und Priorisierung von Datenströmen mit neuentwickelten Konzepten wie Frame-Budget-Metrik, Task Abortion oder intell. Coalescing+Scoping.</t>
   </si>
   <si>
     <t>SW-Bibliothek</t>
   </si>
   <si>
     <t>Big Data</t>
   </si>
   <si>
     <t>Internet Messungen</t>
   </si>
   <si>
-    <t>LLM Agents for Offensive Security: Why?</t>
-[...24 lines deleted...]
-Beyond serving organizations with limited security budgets, augmenting human operators with generative AI is also anticipated to benefit the training of novice penetration testers and aspiring students, essentially acting as automated trainers and resource amplifiers in educational settings.
+    <t>Techniker:innen</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>Kick-off: computor - mit Erfahrung und KI zum Release-Plan</t>
+  </si>
+  <si>
+    <t>Was wir nach dem netidee Community Camp für unsere computor-Releases planen.</t>
+  </si>
+  <si>
+    <t>Mit computor entwickeln wir mit Unterstützung von netidee eine offene, KI-gestützte Lernplattform für Data Science in VS Code, die Studierenden beim Denken hilft, statt nur Lösungen zu liefern.</t>
+  </si>
+  <si>
+    <t>Im Oktober 2025 ist computor offiziell als netidee-Projekt gestartet. Hier stehen wir nach den ersten Wochen: Wir haben eine klare Zielrichtung für computor abgeleitet – eine didaktische KI-Lernplattform für Data Science in einer echten VS-Code-Umgebung – und gemeinsam mit netidee einen Fahrplan für unsere nächsten Releases definiert.
+Eine wichtige Erfahrung war für mich das netidee Community Camp in Wien: Dort konnte ich computor erstmals im Kreis anderer Projektteams vorstellen und habe vor allem mitgenommen, wie wertvoll es ist, Hypothesen sehr früh mit kurzen Befragungen zu testen, bevor man Features implementiert. Die Location war großartig und hat viel Raum für informelle Gespräche und Austausch gegeben. Unter anderem konnte ich die Organisatoren der PyCon Austria (https://2026.pycon.at/) kennenlernen, bei der ich nächstes Jahr einen Beitrag liefern will. 
+Auf Basis dieser Inputs haben wir unseren Entwicklungsfahrplan geschärft: Für Release v26.3 im Frühjahr 2026 wollen wir eine erste Version der KI-Assistenz und der Review-Funktionen in VS Code bereitstellen, mit Fokus auf didaktisch sinnvolle Hinweise und Workflows, die sich in bestehende Lehrveranstaltungen integrieren lassen; für Release v26.10 im Herbst 2026 planen wir den Web-Modus von computor, ein Dashboard für Lehrende sowie öffentliche Beispielkurse, die über computor.at direkt im Browser genutzt werden können.
+Aktuell arbeiten wir an drei Dingen parallel: Wir formulieren konkrete Hypothesen dazu, wie Studierende und Lehrende computor nutzen wollen, wir entwickeln kurze Online-Fragebögen und Interviewleitfäden, um diese Hypothesen im laufenden Lehrbetrieb zu testen, und wir definieren erste Use Cases für die KI-Assistenz – etwa wie sie Fehlermeldungen erklären, bei der Strukturierung von Data-Science-Aufgaben helfen und Plots qualitativ einschätzen soll, ohne einfach nur Musterlösungen auszuspucken.
+Im nächsten Blogeintrag werden wir darüber berichten, welche Rückmeldungen wir aus den ersten Befragungen bekommen haben, wie wir diese Ergebnisse in das Design der KI-Funktionen einfließen lassen und wie interessierte Lehrende und Studierende die computor in der VSCode-Extension bzw. einer frühen Web-Version ausprobieren können.</t>
+  </si>
+  <si>
+    <t>Release, Planung</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>computor</t>
+  </si>
+  <si>
+    <t>your computing tutor</t>
+  </si>
+  <si>
+    <t>**computor** ist eine offene Lernplattform, mit der Studierende Programmieren für Data Science in einer echten Entwicklungsumgebung lernen – unterstützt von einer didaktisch gesteuerten KI.</t>
+  </si>
+  <si>
+    <t>In vielen Programmier-Lehrveranstaltungen ist KI längst Alltag: Studierende kopieren Lösungen aus ChatGPT &amp; Co., ohne wirklich zu verstehen, was passiert. Klassische Übungsplattformen und Auto-Grader wurden aber für die „Vor‑KI‑Zeit“ gebaut – sie erkennen nicht, ob Lernende selbst denken oder nur Antworten einfügen.
+Am Institut für Theoretische Physik und Computational Physics der TU Graz wurde in den letzten 20 Jahren mit **MatlabTutor** bereits ein bewährtes System für automatisiertes Testen von Programmieraufgaben aufgebaut. Jetzt ist der nächste Schritt fällig: eine moderne, **AI‑native** Plattform, die Lernen mit KI ermöglicht, ohne die didaktische Kontrolle zu verlieren.
+# Ziele des Projekts
+- Eine **browserbasierte computor-Plattform** aufbauen, die komplett ohne lokale Installation funktioniert.  
+- Eine **KI-Coding‑Assistenz** entwickeln, die Lernende mit Hinweisen unterstützt, statt fertige Lösungen zu liefern.  
+- Eine **KI‑Review‑Komponente** bereitstellen, die Code, numerische Ergebnisse und insbesondere **Plots/Visualisierungen** automatisiert beurteilen kann.  
+- Ein **Teacher‑Dashboard** entwickeln, das Fortschritt, typische Fehler und Auffälligkeiten sichtbar macht.  
+- Alle Komponenten als **Open-Source-Software** und ausgewählte Kurse als **Open Educational Resources** veröffentlichen.
+# Vorgehensweise
+- ** Aufbau auf vorhandener Praxis:**  
+  Weiterentwicklung der bestehenden MatlabTutor‑Workflows mit aktuell ca. 60 Studierenden im Alphatest.
+- **Browser statt Installation:**  
+  Einsatz von VS Code im Browser (z.B. via code‑server/Coder, Docker‑Container), um Kurse ohne Installationshürden zugänglich zu machen.
+- **Didaktische KI-Assistenz:**  
+  Integration von offenen Sprachmodellen (open weight models), die kontextsensitiv helfen, aber bewusst keine fertigen Musterlösungen produzieren.
+- **Automatisches Review &amp; Plot-Evaluation:**  
+  Kombination aus klassischen Tests und KI‑gestützter Auswertung von Code, numerischen Ergebnissen und Visualisierungen.
+- **Datengetriebene Didaktik:**  
+  Auswertung von Lernpfaden (Versuche, Fehlermeldungen, Zeitverläufe), um Lehrende bei der Betreuung großer Gruppen zu unterstützen.
+# Ergebnisse &amp; Open Source
+Geplante Haupt-Ergebnisse des netidee-Projekts:
+- **VS Code Extension – AI Code Assistant**  
+  Kontextsensitiver Tutor, der auf Aufgaben und Kursniveau abgestimmt Hinweise gibt.
+- **VS Code Extension – Review/Feedback AI**  
+  Automatisierte Bewertung von Code, numerischen Ergebnissen und Plots, inkl. didaktisch sinnvollem Feedback.
+- **computor Framework &amp; Browser-Plattform**  
+  Modularer Kern, der Aufgaben, Tests, KI‑Assistenz und Auswertung verbindet und sowohl lokal als auch in der Cloud betrieben werden kann.
+- **Teacher Dashboard**  
+  Weboberfläche für Lehrende mit Überblick über Fortschritt, typische Fehler und mögliche Problemfälle.
+- **Beispielkurse auf computor.at**  
+  Offene Kurse („Data Science mit Python“ u.ä.) als Demonstration und Einstieg, veröffentlicht als Open Educational Resources.
+# Zielgruppen &amp; Nutzen
+- **Universitäten, FHs und HTLs**  
+  - Skalierbare Betreuung großer Programmier-Lehrveranstaltungen  
+  - Besserer Umgang mit KI im Studium (nicht verbieten, sondern didaktisch integrieren)  
+  - Datensouveränität durch self‑hosting und offene Lizenzen
+- **Unternehmen &amp; Weiterbildung**  
+  - Praxisnahe Data‑Science-Schulungen mit eigener Tool‑Chain  
+  - Möglichkeit, interne Kurse und Assessments auf computor aufzubauen
+- **Open‑Source‑Community &amp; interessierte Lernende**  
+  - Moderne, offen entwickelte Lernplattform  
+  - Möglichkeit, eigene Aufgaben, Tests und Kurse beizusteuern
+# Einordnung im netidee-Kontext
+computor trägt zur netidee‑Vision bei, die Internetnutzung in Österreich zu fördern, indem:
+- **AI‑Kompetenzen** im Programmierunterricht gestärkt werden,  
+- **offene Infrastruktur** für digitale Lehre bereitgestellt wird und  
+- **Open Source &amp; OER** als Standard für moderne Lehr‑ und Lernmaterialien etabliert werden.</t>
+  </si>
+  <si>
+    <t>B2B, B2C</t>
+  </si>
+  <si>
+    <t>AI | KI, Javascript, Python</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Education |Bildung |Lernen, Programmieren</t>
+  </si>
+  <si>
+    <t>Technische Universität Graz</t>
+  </si>
+  <si>
+    <t>Visual Studio Code, Coder, Docker</t>
+  </si>
+  <si>
+    <t>Erwachsene, Jugendliche, Student:innen</t>
+  </si>
+  <si>
+    <t>Intellectual Property Protection in Open Data Sharing</t>
+  </si>
+  <si>
+    <t>The dissertation addresses the challenge of protecting data ownership and intellectual property (IP) in shared
+digital environments through technical safeguards. Its goal is to ensure that data owners retain control even
+after sharing by embedding verifiable, recipient-specific marks into datasets. This enables traceability and
+ownership verification in cases of unauthorised redistribution. At the core of this work is the development of
+an open-source framework that includes implementations of well-known techniques for protecting data
+ownership and can be integrated into existing data-driven platforms and extended with novel methods,
+attacks and measures.
+By enabling enforceable digital rights, this work empowers data contributors, lowers the risk of misuse, and
+encourages open and accountable data sharing. This supports fair, transparent, and trustworthy internet and
+contributes to broader societal goals like digital sovereignty and ethical data governance.
+Data ownership protection techniques, such as watermarking and fingerprinting, have been widely studied in
+the context of digital rights management and applied across various forms of digital content, such as
+multimedia and ML models (survey by Barni et al.). However, less attention has been given to structured
+datasets due to limited embedding surfaces and various technical challenges.
+The most recent approaches build on the early techniques that use pseudo-random embedding into the leastsignificant
+bits of data, with stronger fidelity measures, such as correlation preservation and downstream
+utility. We first addressed this in 2020 with our correlation-preserving fingerprinting method. In 2023, Ji et
+al. formalised correlation attacks. Zhang et al. proposed a method that, besides ownership verification, also
+enables privacy preservation. Despite these advances, many existing solutions lack robustness,
+generalisability, or blind detection capabilities.</t>
+  </si>
+  <si>
+    <t>Dissertation | PhD</t>
+  </si>
+  <si>
+    <t>AI | KI, Datenbank</t>
+  </si>
+  <si>
+    <t>Datenschutz</t>
+  </si>
+  <si>
+    <t>09.12.2025</t>
+  </si>
+  <si>
+    <t>DroneLink</t>
+  </si>
+  <si>
+    <t>DroneLink ist ein Open-Source-Kommunikationssystem, das über Drohnen stabile, kostengünstige Netzwerke in abgelegenen Gebieten, Notfällen und bei Veranstaltungen ermöglicht, ohne Mobilfunklizenzen.</t>
+  </si>
+  <si>
+    <t>DroneLink ist ein drohnengestütztes Open-Source-Kommunikationssystem, das schnell und unabhängig leistungsstarke Verbindungen aufbaut. Es eignet sich für Forschung, Bildung und Katastropheneinsätze, funktioniert ohne Mobilfunklizenzen und ermöglicht flexible, robuste Netzwerke über große Distanzen.
+Mit einer stabilisierten, drohnengetragenen Relaisstation überwindet DroneLink Hindernisse wie Gebäude und Gelände, um eine zuverlässige Kommunikation in herausfordernden Umgebungen zu gewährleisten. Es bietet eine kostengünstige Lösung für abgelegene Gebiete, Notfallsituationen und Veranstaltungen, bei denen herkömmliche Netzwerke unzureichend sind.</t>
+  </si>
+  <si>
+    <t>Studie|Konzept</t>
+  </si>
+  <si>
+    <t>Linux, Objective-C</t>
+  </si>
+  <si>
+    <t>cyberphysische Systeme, Distributed Systems, Network Security</t>
+  </si>
+  <si>
+    <t>Öffentliche Hand, Techniker:innen, thematische Community</t>
+  </si>
+  <si>
+    <t>Somes und der soziale Rahmen</t>
+  </si>
+  <si>
+    <t>Transparenz muss auch fair und niederschwellig sein</t>
+  </si>
+  <si>
+    <t>Somes ist eine Plattform für politische Transparenz. die Aktivitäten des österreichischen Nationalrats sichtbar und leicht zugänglich macht. Sie hilft, Bürger*innen zu verstehen, welche Abgeordneten tatsächlich wofür stehen - basierend auf echten Quellen.</t>
+  </si>
+  <si>
+    <t>Somes, das steht für “social frames”, ist eine Plattform für politische Transparenz. Das Projekt soll also u.a. politische Ereignisse und Aktivitäten offenlegen, und das niederschwellig. Somes fokussiert sich dabei (im Moment) auf den österreichischen Nationalrat, den wir alle fünf Jahre wählen, sofern kein neuwahl-würdiger Skandal passiert. In diesen fünf Jahren erfährt man jedoch erstaunlich wenig darüber, was im Nationalrat tatsächlich passiert. Besonders auffällig: Die konkreten Aktivitäten einzelner Abgeordneter geraten schnell in den Hintergrund - und das, obwohl diese Personen von uns gewählt werden, teils sogar mit Vorzugsstimmen. 
+Ob sich die Kandidaten, egal ob bei Podiumsdiskussionen, anderen Veranstaltungen oder in Talkshows dafür einsetzen, worüber sie sich noch vor der Wahl so lautstark geäußert haben? Wer hat meine Vorzugsstimme überhaupt verdient? Wer vertritt meine Interessen wirklich? Wie kann ich die tatsächlich getätigte Arbeit, basierend auf den tatsächlichen Quellen (z.B. Gesetzestexte, Anträge, Verordnungen), validieren und evaluieren? Gibt es unterschiedliche, dringliche Punkte oder Vorschläge, die in der einen politischen Blase ganz brisant sind, aber in der anderen untergehen? Wie hat sich das politische Spektrum in Österreich verändert? Macht die Regierung wirklich so wenig, oder sind das vielleicht nur einzelne Minister? Das ist in Wahrheit ein kleiner Teil der Fragen, die man sich stellen kann oder sollte, wenn man das nächste Mal das Kreuzchen macht. Aber allein um diese Fragen zu beantworten, ist eine riesige Menge an Recherche notwendig. Etwas, was schwer journalistisch auf einem individuellen Level passieren kann.
+Eine erste Implementierung (https://somes.at/alpha), welche primär während einer HTL-Diplomarbeit entstanden ist, versucht bereits jetzt diese Fragen zu beantworten. Während dieser Arbeit konnte eine solide Basis aufgebaut werden, die jetzt Stück für Stück erweitert wird, damit all diese Fragen nicht nur eindeutigere Antworten bekommen, sondern auch welche, die persönlicher und einfacher zugänglich sind. Damit wir uns diesem Ideal annähern können, braucht es eine Reihe an neuen und überarbeiteten Funktionen, welche sich in fünf Eckpfeilern (siehe Projektseite) gliedern. 
+Nächste Schritte
+Bevor allerdings neue Funktionen entwickelt werden können, sollten zuerst einige Steine aus dem Weg geräumt werden. Dazu gehört ein umfangreiches Refactoring in Front- und Backend (API, data scraping, AI integration, …), das Aufsetzen geeigneter deployment pipelines und das open sourcing der bestehenden Repositories auf https://github.com/som-es. Der Refactoring-Part ist momentan voll im Gange. So werden gerade z.B. SQL views angelegt, welche automatisch generierte composite types  verwenden, um nested structures mit SQLx (Rust) einfach - ohne "full-blown"-ORM - zu mappen und zu extrahieren.
+Erklärung zu “social frames”
+Kommunikation ist nie wertneutral. Sie bewegt sich immer in einem bestimmten sozialen oder politischen "Frame", also Rahmen, der unsere Wahrnehmung beeinflusst. Oft auch bewusst gesetzt, etwa durch gezielte Begriffe, z. B. “Asyltourismus”, oder Narrative. Somes möchte hier einen Gegenpol schaffen, indem wir faire und verantwortungsvolle Rahmen anbieten, die politischen Diskurs ermöglichen, ohne ihn durch manipulative Sprache oder Hass zu verzerren.  
  </t>
   </si>
   <si>
-    <t>LLM, Security, Pen-Testing, Hacker</t>
-[...143 lines deleted...]
-    <t>Code, Code</t>
+    <t>rust, Politik, Transparency, Open Data, somes</t>
+  </si>
+  <si>
+    <t>03.12.2025</t>
+  </si>
+  <si>
+    <t>somes</t>
+  </si>
+  <si>
+    <t>Plattform für politische Transparenz</t>
+  </si>
+  <si>
+    <t>Alle fünf Jahre wählen wir einen neuen Nationalrat - was die Volksvertretung in der Zwischenzeit allerdings macht, bleibt meist im Dunkeln. Somes macht die Aktivitäten der Nationalratsabgeordneten und der Regierung niederschwellig zugänglich.</t>
+  </si>
+  <si>
+    <t>Alle fünf Jahre wählen wir einen neuen Nationalrat - was die Volksvertretung in der Zwischenzeit allerdings macht, bleibt meist im Dunkeln. Durch den ganzheitlichen Ansatz namens somes möchten wir Desinformation (kontrolliert oder unabsichtlich), algorithmischen Filterblasen, Korruption und Politikverdrossenheit entgegenwirken, indem parlamentarische und regierungsspezifische Aktivitäten, Prozesse und Informationen niederschwellig zugänglich gemacht werden. In der 1. Ausbaustufe, die hauptsächlich während einer HTL-Diplomarbeit durchgeführt wurde, konnte schon eine solide Basis aufgebaut und viele Funktionen etabliert werden. Link zur Plattform somes 
+Vom Schulprojekt zur internationalen Musterlösung
+Im nächsten Ausbauschritt möchten wir, konkret mit fünf Teilbereichen, aber noch weiter: KI wird umfangreicher und transparenter eingesetzt,  die Internationalisierung gestartet, die Mobilapplikation entwickelt, der aktuelle Funktionsstand aufpoliert und mit partizipativen Ansätzen auf das nächste Level gehoben. Diese Teilbereiche bilden die Grundlage, um die Vision von somes als internationales best-practice Tool zu realisieren.
+KI-Funktionen z.B.
+  Themenklassifikation für Verordnungen und neue Ministerialentwürfe
+  Transparentere und verbesserte politische Haltungs- und Richtungsanalyse
+  Abgeordnetenempfehlungssystem – Welcher Abgeordnete passt zu mir?
+  Sprechende und kürzere Titel
+  Laufend neue Zusammenfassungen für alle Gegenstände und Reden
+  Zentrale Redeschwerpunkte (in Bezug zu z.B. Antragstext) in originaler Rede farblich hervorheben
+  RAG-System zu Regierungsprogramm
+Internationalisierung (EU-Parlament-Erweiterung) z.B.
+  Großer Anteil des Somes-Featureset direkt für EU-Parlament zugänglich machen
+  Modularität in Backend &amp; Frontend
+Mobilapplikation z.B.
+  Nachimplementierung der Somes-Web-Funktionen, bedingungslos mobile first
+Usability, Quality Of Life &amp; Accessiblity z.B.
+  Aktivitätsscoring
+  Statistiken
+      größere Variation an Diagrammen
+      fehlende Statistiken ergänzen
+  OAuth für Nutzerauthenication
+  Mehr Filteroptionen
+  Barrierefreiheit &amp; UX verbessern
+  Vervollständigte Informationen zu Ministerialentwürfen und Verordnungen
+  Neuigkeitenseite mit zusätzlichen Informationen erweitern
+Partizipation
+  Abgeordneten Fragen stellen können
+  Volksbegehren integrieren
+  Stimmungsbarometer</t>
+  </si>
+  <si>
+    <t>Informationsplattform, Mobile App</t>
+  </si>
+  <si>
+    <t>AGPL  3.0, GPL 3.0</t>
+  </si>
+  <si>
+    <t>AI | KI, Datenbank, Datenbanken relationale, Javascript, mobile App, SQL</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Demokratie | Transparenz, Information Visualization, Mobile Apps, Online-Plattformen</t>
+  </si>
+  <si>
+    <t>Erwachsene, Jugendliche, Politik</t>
+  </si>
+  <si>
+    <t>01.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -756,65 +803,65 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="200.38" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="21" max="21" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1211.419" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="802.09" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="25" max="25" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -866,554 +913,570 @@
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
         <v>2025</v>
       </c>
-      <c r="B2">
-[...4 lines deleted...]
-      </c>
+      <c r="B2"/>
+      <c r="C2"/>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L2"/>
       <c r="M2"/>
-      <c r="N2"/>
+      <c r="N2" t="s">
+        <v>29</v>
+      </c>
       <c r="O2" t="s">
+        <v>30</v>
+      </c>
+      <c r="P2" t="s">
         <v>31</v>
       </c>
-      <c r="P2"/>
-[...17 lines deleted...]
-      </c>
+      <c r="Q2"/>
+      <c r="R2"/>
+      <c r="S2"/>
+      <c r="T2"/>
+      <c r="U2"/>
+      <c r="V2"/>
       <c r="W2"/>
-      <c r="X2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
       <c r="B3">
-        <v>7761</v>
+        <v>8052</v>
       </c>
       <c r="C3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="L3"/>
-      <c r="M3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M3"/>
       <c r="N3"/>
       <c r="O3" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-      <c r="R3"/>
+        <v>36</v>
+      </c>
+      <c r="P3"/>
+      <c r="Q3" t="s">
+        <v>37</v>
+      </c>
+      <c r="R3" t="s">
+        <v>38</v>
+      </c>
       <c r="S3"/>
-      <c r="T3"/>
-[...1 lines deleted...]
-      <c r="V3"/>
+      <c r="T3" t="s">
+        <v>39</v>
+      </c>
+      <c r="U3" t="s">
+        <v>40</v>
+      </c>
+      <c r="V3" t="s">
+        <v>41</v>
+      </c>
       <c r="W3"/>
-      <c r="X3"/>
+      <c r="X3" t="s">
+        <v>42</v>
+      </c>
       <c r="Y3"/>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4">
-        <v>7832</v>
+        <v>7730</v>
       </c>
       <c r="C4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4"/>
-      <c r="O4" t="s">
-[...2 lines deleted...]
-      <c r="P4" t="s">
+      <c r="O4"/>
+      <c r="P4"/>
+      <c r="Q4" t="s">
         <v>48</v>
       </c>
-      <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
-      <c r="Y4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5">
         <v>7996</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="L5"/>
-      <c r="M5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="R5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="S5"/>
       <c r="T5" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="U5" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
-        <v>7733</v>
+        <v>8012</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
         <v>58</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>59</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
         <v>60</v>
       </c>
       <c r="P6" t="s">
         <v>61</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6" t="s">
         <v>62</v>
       </c>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
-        <v>7977</v>
+        <v>8012</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
         <v>64</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>65</v>
       </c>
       <c r="N7"/>
-      <c r="O7"/>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
       <c r="P7"/>
       <c r="Q7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="R7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="S7"/>
       <c r="T7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="U7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="V7" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="W7"/>
+        <v>71</v>
+      </c>
+      <c r="W7" t="s">
+        <v>72</v>
+      </c>
       <c r="X7" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8">
         <v>7859</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
-      <c r="Q8"/>
-      <c r="R8"/>
+      <c r="Q8" t="s">
+        <v>75</v>
+      </c>
+      <c r="R8" t="s">
+        <v>76</v>
+      </c>
       <c r="S8"/>
-      <c r="T8"/>
-[...1 lines deleted...]
-      <c r="V8"/>
+      <c r="T8" t="s">
+        <v>77</v>
+      </c>
+      <c r="U8" t="s">
+        <v>78</v>
+      </c>
+      <c r="V8" t="s">
+        <v>41</v>
+      </c>
       <c r="W8"/>
-      <c r="X8"/>
+      <c r="X8" t="s">
+        <v>56</v>
+      </c>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9">
-        <v>7859</v>
+        <v>7905</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="L9"/>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M9"/>
       <c r="N9"/>
       <c r="O9" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-      <c r="R9"/>
+        <v>81</v>
+      </c>
+      <c r="P9"/>
+      <c r="Q9" t="s">
+        <v>82</v>
+      </c>
+      <c r="R9" t="s">
+        <v>83</v>
+      </c>
       <c r="S9"/>
-      <c r="T9"/>
-      <c r="U9"/>
+      <c r="T9" t="s">
+        <v>84</v>
+      </c>
+      <c r="U9" t="s">
+        <v>85</v>
+      </c>
       <c r="V9"/>
       <c r="W9"/>
-      <c r="X9"/>
+      <c r="X9" t="s">
+        <v>86</v>
+      </c>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
         <v>2025</v>
       </c>
-      <c r="B10"/>
-      <c r="C10"/>
+      <c r="B10">
+        <v>7723</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
-      <c r="Y10"/>
+      <c r="Y10" t="s">
+        <v>91</v>
+      </c>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11">
-        <v>7733</v>
+        <v>7723</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="P11"/>
       <c r="Q11" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="R11" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="S11" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="T11" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="U11" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="V11"/>
       <c r="W11"/>
       <c r="X11" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="Y11"/>
       <c r="Z11"/>
-      <c r="AA11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">