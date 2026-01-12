--- v3 (2025-12-20)
+++ v4 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -96,392 +96,359 @@
     <t>Technologie</t>
   </si>
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
+  </si>
+  <si>
+    <t>Projekt Call #20</t>
+  </si>
+  <si>
+    <t>Community Project</t>
+  </si>
+  <si>
+    <t>Die Hinweisbox</t>
+  </si>
+  <si>
+    <t>Whistleblower-Plattform für Kinderschutz in Organisationen</t>
+  </si>
+  <si>
+    <t>Die Hinweisbox ist eine datensichere, einfach nutzbare Whistleblower-Plattform für den Kinderschutz. Sie ermöglicht anonyme, verschlüsselte Meldungen zu Gewalt, Missbrauch oder Fehlverhalten ohne Risiko für Hinweisgeber*innen.</t>
+  </si>
+  <si>
+    <t>Häufig werden Übergriffe, Gewalt oder Fehlverhalten nicht gemeldet, weil die Betroffenen Angst vor Folgen haben.
+Für ein wirksames Beschwerdewesen braucht es einen anonymen Kanal. Bei Beschwerdebriefkästen sind keine Rückfragen und aufgrund der Örtlichkeit oft keine Anonymität möglich. Viele Vereine stehen dabei vor großen technischen und finanziellen Hürden. Bestehende Lösungen sind oft zu komplex oder zu teuer. Ein zentrales Element bei Kinderschutzkonzepten, die von vielen Vereinen umgesetzt werden, ist ein niederschwelliges Beschwerdewesen, bei dem Gewalt, Missbrauch und Fehlverhalten gegenüber Kindern anonym gemeldet werden können. Viele Vereine setzen Schutzkonzepte trotz Ressourcenmangels um und agieren mit minimalen personellen und finanziellen Mitteln. Sie können kein anonymes Beschwerdetool erstellen und kein kostenloses Modul von IT-Leuten in ihre Website einbauen lassen. 
+Die Hinweisbox ist eine für Vereine und kleine Organisationen konzipierte datensichere Plattform, über die sie anonyme Hinweise empfangen und bearbeiten können – rechtskonform, transparent und vertraulich. Sie ist mit minimalem organisatorischem Aufwand nutzbar, benötigt keinerlei IT-Kenntnisse für Einrichtung oder Betrieb und ist durch eine geringe Jahresgebühr finanziell für jeden Verein leistbar. Durch die niederschwellige, anonyme Meldemöglichkeit der Hinweisbox werden Vorfälle gemeldet, die mit verpflichtender Namensnennung nicht vorgebracht werden würden. So ist es möglich, dass gewaltbetroffenen Kinder Hilfe bekommen und Gewaltsituationen beendet werden können. 
+Das Alleinstellungsmerkmal unserer Lösung ist die konsequente Ausrichtung auf die Bedürfnisse kleiner und mittlerer Organisationen: einfache Einrichtung ohne IT-Kenntnisse, volle Anonymität für Hinweisgeber, klare Fallbearbeitung mit Vieraugenprinzip und ein leistbares Preismodell. Im Gegensatz zu bestehenden Lösungen ist unsere Plattform sofort einsatzbereit, verständlich aufgebaut und speziell für den Vereinskontext optimiert – datensicher, kostengünstig und praxisnah.
+www.hinweisbox.at
+ECPAT Österreich ist eine von 13 Mitglieds-NGOs getragene Fachstelle, die sich gegen sexuelle Ausbeutung und Gewalt an Kindern einsetzt und wirksame Lösungen umsetzen will. Wir haben durch ein EU-Projekt und die Plattform www.schutzkonzepte.at maßgeblich zur Verbreitung von Kinderschutzkonzepten in Österreich beigetragen. / www.ecpat.at
+HI1 ist eine Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Vermarktung, Entwicklung, Optimierung und Beratung. / www.hi1.at</t>
+  </si>
+  <si>
+    <t>Initiative |Aktion</t>
+  </si>
+  <si>
+    <t>Kinderschutz</t>
+  </si>
+  <si>
+    <t>Eltern, Erwachsene, Jugendliche, Kinder</t>
+  </si>
+  <si>
+    <t>12.01.2026</t>
+  </si>
+  <si>
+    <t>eIDAS Monitor</t>
+  </si>
+  <si>
+    <t>Wir, epicenter.works, Österreichs größter Datenschutzverein, entwickeln eine Transparenzplattform zum neuen EU-weiten eIDAS-Ökosystem,welches demnächst ID Austria ersetzt. Wir machen sichtbar
+welche Behörden und Firmen zu welchem Zweck welche personenbezogene Daten anfragen. Dieses Frühwarnsystem schützt gegen Missbrauch, stärkt Verbraucher:innenrechte und unterstützt NGOs und interessierte Nutzer:innen europaweit. Nur mit einem vertrauensvollen Ökosystem können digitale IDs erfolgreich sein.
+Weitere Infos zu unserem Konzept: 
+https://epicenter.works/fileadmin/medienspiegel/user_upload/eIDAS_Monitor-concept_note.pdf</t>
+  </si>
+  <si>
+    <t>Faircamp 2.0</t>
+  </si>
+  <si>
+    <t>Faircamp ist ein Tool zum unabhängigen und nachhaltigen Publizieren von Audioinhalten wie Musik und Podcasts im Netz. Faircamp 2.0 soll das Tool nun niederschwelliger und umfangreicher denn je machen.</t>
+  </si>
+  <si>
+    <t>Faircamp ist ein Tool zum unabhängigen und nachhaltigen Publizieren von Audioinhalten wie Musik und Podcasts im Netz, und viele internationale Musiker_innen, Radioproduzent_innen, Podcaster_innen, Labels, usw. verwenden es bereits heute um Audioinhalte im Netz zu veröffentlichen. Aber: Sie sind vorwiegend technikaffin. Faircamp 2.0 will Barrieren abbauen, niederschwellige Zugänge schaffen und das Projekt (und damit: nachhaltiges, unabhängiges Audiopublishing) einer großen, diversen Zielgruppe zugänglich machen!
+Im konkreten strebt das Projekt Faircamp 2.0 folgende Ergebnisse an:
+1. Als primäres Ziel wird eine grafische Benutzeroberfläche für Faircamp gestaltet und entwickelt werden. Die daraus resultierende GUI Applikation wird zudem in die Desktopumgebung der Mainstreambetriebssysteme (Window, macOS, Linux) integriert werden.
+2. Als zweites Ziel wird auch das fundamentale Datenmodell von Faircamp überarbeitet werden, um einerseits eine gute Kompatibilität und Verständlichkeit für das grafische Editieren zu gewährleisten, sowie Faircamp für ein größeres Spektrum an Einsatzmöglichkeiten besser nutzbar zu machen. Dies umfasst z.b. die bessere Präsentation von Podcasts oder Audioarchiven, zusätzlich zur aktuell eher Musik-orientieren Präsentation.
+3. Obwohl Faircamp bereits vollständig dokumentiert ist (inklusive Videotutorials) wird die
+Neuausrichtung für grafische Nutzung neues Dokumentationsmaterial (und auch die Erweiterung
+allgemeiner Resourcen wie der Website) verlangen, damit spezifisch diese Aspekte abgedeckt werden.
+Dies ist auch Teil des Projekts.</t>
+  </si>
+  <si>
+    <t>SW stand alone</t>
+  </si>
+  <si>
+    <t>AGPL  3.0</t>
+  </si>
+  <si>
+    <t>Free Software, Online-Plattformen</t>
+  </si>
+  <si>
+    <t>11.01.2026</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>WhoIdentifies.me</t>
+  </si>
+  <si>
+    <t>Transparenz für Europas digitale Identität</t>
+  </si>
+  <si>
+    <t>Nach den Plänen der EU soll Digitale Identität  zu einem zentralen Bestandteil unseres Lebens und unseres Online-Alltags  werden. Mit der eIDAS-Verordnung wird die bisherige ID Austria Teil eines neuen EU-weiten Systems, der European Digital Identity (EUDI) Wallet. Künftig sollen Bürger:innen ihre staatlich beglaubigte Identität und andere Eigenschaften europaweit einsetzen können: bei Behörden, Banken, Versicherungen, Arbeitgebern, Verkehrsunternehmen oder großen Online-Plattformen. dereIDAS MonitorWas dabei bislang fehlt, ist Transparenz: Wer fragt welche Daten ab, zu welchem Zweck und in welchem Ausmaß? Genau hier setzt unser neues Projekt an; mit der Entwicklung eines eIDAS-Monitors unter dem Namen WhoIdentifies.me.</t>
+  </si>
+  <si>
+    <t>Nach den Plänen der EU soll Digitale Identität zu einem zentralen Bestandteil unseres Lebens und unseres Online-Alltags werden. Mit der eIDAS-Verordnung wird die bisherige ID Austria Teil eines neuen EU-weiten Systems, der European Digital Identity (EUDI) Wallet. Künftig sollen Bürger:innen ihre staatlich beglaubigte Identität und andere Eigenschaften europaweit einsetzen können: bei Behörden, Banken, Versicherungen, Arbeitgebern, Verkehrsunternehmen oder großen Online-Plattformen. Was dabei bislang fehlt, ist Transparenz: Wer fragt welche Daten ab, zu welchem Zweck und in welchem Ausmaß? Genau hier setzt unser neues Projekt an; mit der Entwicklung eines eIDAS-Monitors unter dem Namen WhoIdentifies.me.
+WhoIdentifies.me ist eine Open-Data-Transparenzplattform für digitale Identitäts-Wallets. Sie macht sichtbar, welche Unternehmen und staatlichen Stellen digitale Identitätssysteme nutzen, welche personenbezogenen Daten sie abfragen und wofür diese Daten verwendet werden. Grundlage dafür sind die öffentlich zugänglichen und gesetzlich vorgeschriebenen Schnittstellen der nationalen eIDAS-Register in allen EU-Mitgliedsstaaten. Diese bislang fragmentierten und schwer zugänglichen Informationen bereiten wir erstmals europaweit vergleichbar, verständlich und durchsuchbar auf. So entsteht ein Frühwarnsystem für digitale Grundrechte.
+Mit der Umstellung auf eIDAS werden Nutzer:innen nationaler ID Systeme wie der ID Austria künftig mit Datenanfragen aus dem gesamten EU-Binnenmarkt konfrontiert; häufig nach sensiblen, staatlich beglaubigten personenbezogenen Informationen. Da das eIDAS System in vielen Lebensbereichen von Gesundheit, Verkehr und Telekommunikation eingesetzt werden soll, steigen auch die Risiken von Missbrauch, Diskriminierung, Zweckentfremdung, dem Ausschluss vulnerabler Gruppen und die Gefahr der Diskriminierung von Menschen ohne Smartphone, Pass oder digitaler Identität. WhoIdentifies.me schafft hier die notwendige Datenbasis, um problematische Entwicklungen frühzeitig zu erkennen und öffentlich zu diskutieren, bevor Schaden entsteht. Personalisierte Warnmeldungen erlauben der interessierten Öffentlichkeit Echtzeit-Informationen über relevante Entwicklungen im Ökosystem noch lange bevor Nutzer:innen mit Anfragen nach ihren persönlichen Informationen konfrontiert werden.
+Die Plattform richtet sich insbesondere an Konsument:innen- und Datenschutzorganisationen. Deren Arbeit soll durch den einfachen Zugang zu Echtzeitinformationen über das gesamte eIDAS Ökosystem künftig einfacher werden, um etwaige Missstände frühzeitig zu erkennen und zu beheben. Auch NGOs, die sich für vulnerable Gruppen wie Senior:innen, Menschen mit Behinderung oder Migrant:innen einsetzen, erhalten einen entscheidenden Informationsvorteil, um relevante Anwendungsfälle frühzeitig zu erkennen und darauf zu reagieren. Gleichzeitig profitieren Wissenschaft und Öffentlichkeit erstmals von einem vollständigen, europaweiten Überblick über das eIDAS-Ökosystem. Auch Unternehmen gewinnen durch ein transparentes und vertrauenswürdiges Umfeld, ohne Missbrauch und Diskriminierung.
+WhoIdentifies.me wird als freie Software entwickelt. Der gesamte Quellcode sowie alle gesammelten Daten stehen offen zur Verfügung und können auch dezentral genutzt werden. Die Anforderungen für die Plattform wurden gemeinsam mit betroffenen NGOs und Wissenschaftler:innen verschiedener Sektoren erstellt und werden über die 1,5 jährige Projektlaufzeit kontinuierlich weiterentwickelt.
+Hinter dem Projekt steht epicenter.works, ein gemeinnütziger Verein, der sich seit über 15 Jahren für den Schutz von Grund- und Freiheitsrechten im digitalen Raum einsetzt. Seit 2017 arbeiten wir intensiv an digitalen Identitätssystemen auf europäischer Ebene und bringen unser rechtliches wie technisches Fachwissen in Gesetzgebungs- und Standardisierungsprozesse ein.
+Digitale Identität wird unsere Internetnutzung nachhaltig verändern. Ob dieses System letztlich Vertrauen und stärkere Selbstbestimmung schafft oder Über-Identifizierung, Kontrolle und Diskriminierung verstärken wird, hängt entscheidend von einer transparenten und grundrechtsbasierten Umsetzung ab. Mit WhoIdentifies.me wollen wir dafür sorgen, dass zumindest alle faktenbasiert den Einfluss des Systems auf die Gesellschaft diskutieren können.</t>
+  </si>
+  <si>
+    <t>digital identity, Transparency, Data Protection</t>
+  </si>
+  <si>
+    <t>08.01.2026</t>
+  </si>
+  <si>
+    <t>eqREADER</t>
+  </si>
+  <si>
+    <t>E-Reader mit Gebärdensprach-Tooltip</t>
+  </si>
+  <si>
+    <t>Projekt ist erfolgreich gestartet, der Prototyp wird kontinuierlich weiterentwickelt</t>
+  </si>
+  <si>
+    <t>Wir entwickeln einen E-Reader, bei dem schwierige Begriffe mittels Tooltip in Gebärdensprache nachgeschlagen werden können.</t>
+  </si>
+  <si>
+    <t>Unmittelbar nach der Förderzusage haben wir begonnen, den Prototyp des eqREADER weiter zu entwickeln. Demnächst wird hier ein Link zum Ausprobieren zur Verfügung gestellt.</t>
+  </si>
+  <si>
+    <t>03.01.2026</t>
+  </si>
+  <si>
+    <t>Qriouso startet: Wie wir das "Cognitive Debt"- Problem lösen</t>
+  </si>
+  <si>
+    <t>Eine KI-Lernplattform, die Hints gibt statt Lösungen zu verraten</t>
+  </si>
+  <si>
+    <t>Was passiert, wenn KI die Denkarbeit übernimmt? "Cognitive Debt" – Verständnis-Schulden, die Schüler:innen später teuer bezahlen. Qriouso macht KI zum echten Tutor.</t>
+  </si>
+  <si>
+    <t>17% schlechter in Tests trotz besserer Hausaufgaben – das ist "Cognitive Debt". Qriouso entwickelt eine KI, die Schüler:innen zum Denken anregt statt Lösungen zu verraten. Open Source, made in Austria.</t>
+  </si>
+  <si>
+    <t>Das Problem, das uns nicht schlafen lässt
+17% schlechter in Tests, obwohl die Hausaufgaben besser aussehen.
+Eine Harvard-Studie aus 2025 hat uns wachgerüttelt: Schüler:innen, die regelmäßig ChatGPT nutzen, verstehen den Stoff schlechter. Die Forscher nennen es "Cognitive Debt": Die KI erledigt die Denkarbeit, die Lernenden bleiben mit einem Verständnis-Defizit zurück.
+84% der österreichischen Lehrkräfte haben laut öbv-Umfrage Bedenken wegen KI-Schummeln. Gleichzeitig nutzen 60% der Schüler:innen ChatGPT für Hausaufgaben.
+Dieses Dilemma hat uns zu Qriouso inspiriert.
+---
+Was ist Qriouso?
+Qriouso ist eine Lernplattform mit einem radikal anderen Ansatz: Wir verbieten ChatGPT nicht, wir machen KI zum echten Tutor.
+Unser Kernprinzip: Keine KI darf eine Lösung verraten, bevor die Schüler:innen die Grundlagen verstanden haben.
+---
+Die Technologie: Non-Spoiling AI
+Der Knowledge Graph
+Wir bauen eine vernetzte Datenbank von über tausenden Bildungskonzepten, basierend auf dem österreichischen AHS-Lehrplan
+Jedes Konzept hat Voraussetzungen:
+- Für Integralrechnung braucht man Differentialrechnung
+- Für Photosynthese braucht man Wissen über Zellen und Chloroplasten
+Das Non-Spoiling Prinzip
+Bevor unsere KI antwortet, prüft sie: Hat die Schülerin die Voraussetzungen verstanden?
+Wenn ja: Die KI erklärt und beantwortet Fragen.
+Wenn nein: Statt einer Lösung gibt es gezielte "Socratic Hints":
+Socratic Hints - Die 4 Kategorien:
+Metacognitive: "Welche Formel könnte hier helfen?"
+Strategic: "Zerlege das Problem in kleinere Schritte."
+Conceptual: "Erinnere dich an die Bruchrechenregeln..."
+Procedural: "Isoliere zuerst die Variable..."
+Die Hints werden spezifischer, aber die Lösung wird nie verraten. So lernen Schüler:innen tatsächlich!
+---
+Für Lehrkräfte: Entlastung statt Mehrarbeit
+Österreichische Lehrkräfte arbeiten 54 Stunden pro Woche, 44% zeigen Burnout-Symptome. Qriouso soll helfen, nicht belasten.
+Unsere Teacher Platform bietet:
+- 📊 Analytics: Wo strugglen meine Schüler:innen?
+- 📝 Arbeitsblatt-Generator: Curriculum-konforme Übungen auf Knopfdruck
+- 🔄 Spaced Repetition: Automatische Wiederholung nach SM2-Algorithmus
+- 🔍 Bias-Detection: Erkennt Geschlechterstereotype in KI-Inhalten
+---
+Das Team
+Steven Ludwig (AI Engineer, Projektleiter)  
+Netidee-Stipendiat 2023,  10.000+ App Downloads mit "LearnICDL" - Computerführerschein, 90+ Schulworkshops.
+Geoffrey Karnbach (Software Engineer)  
+6 Jahre Full-Stack-Erfahrung, Projektleiter an der TU Wien.
+---
+Der Fahrplan:
+Setup (Dez 25) – Projektstart, dieser Blog
+Backend (Nov–Apr) – Knowledge Graph, Non-Spoiling-Logik
+Frontend (Dez–Mai) – React-App, Mehrsprachig
+Pilotierung (Apr–Aug) – Tests an Schulen und VHS Wien
+---
+ Open Source für alle
+Qriouso wird vollständig Open Source (AGPL-3.0):
+✅ Schulen nutzen es in der Pilotphase kostenlos, danach mit einem sehr fairen und transparenten Pricing-Model. Schulen können sogar diese Applikation auf ihrem eigenen Netzwerk hosten.
+✅ Kein Lock-in
+✅ Transparente Entwicklung
+---
+Was uns beschäftigt
+Die größte Herausforderung ist nicht technisch - es ist das Vertrauen der Lehrkräfte. Zu oft wurden neue Technologien als Allheilmittel verkauft und scheiterten im Schulalltag.
+Deshalb investieren wir in echte Pilotierungen. 
+---
+Interesse? Wir freuen uns über jede Anfrage – egal ob Volksschule, AHS oder Berufsschule!?
+Wir suchen noch ein paar Schulen für die Pilotierung im Frühjahr 2026!
+📧 Steven Ludwig: steven.ludwig.school@gmail.com  
+ </t>
+  </si>
+  <si>
+    <t>01.01.2026</t>
+  </si>
+  <si>
+    <t>Stipendium Call #20</t>
+  </si>
+  <si>
+    <t>What does the datacenter of the future look like?</t>
+  </si>
+  <si>
+    <t>With the end of Moore's law, how can we keep up with ever increasing workloads and the amount of data?</t>
+  </si>
+  <si>
+    <t>Requirements in computational workloads are ever-increasing, and the end of Moore’s law has triggered much research on alternative computing paradigms. The heterogeneity of devices poses significant challenges to modern data centers, however.</t>
+  </si>
+  <si>
+    <t>Requirements in computational workloads in recent years have pushed for execution in the cloud, and, with the end of Moore’s law, alternative computing paradigms are heavily investigated for their potential to further scale computational resources. Beyond challenges in developing and evaluating the potential of these architectures, the increased heterogeneity in data centers and the internet stack more generally poses significant challenges.</t>
+  </si>
+  <si>
+    <t>What is Moore's law, and what is its significance?
+As early as 1965, Gordon Moore observed that with each new generation of computer chips, the number of transistors they could pack onto the same piece of silicon kept doubling, meaning, every few years, the computing capabilities drastically increased. 
+This very crude approximation has turned out to be surprisingly accurate, in fact, it held for the better part of 50 years. As a result of this exponential improvement, software kept getting faster and devices kept getting cheaper.
+However, in recent years, we have seen that it has begun to slow down. As a result, simply waiting for faster hardware is no longer enough.
+Today's workloads and hardware
+The development in hardware over the past years, have made it an incredibly fast and useful general-purpose technology, however, we have seen a shift in computational workloads, that has, in particular, been fueled by Artificial Intelligence (AI) technologies. Modern AI works by performing billions of similar calculations at once, which is inherently what Graphics Processing Units (GPUs) excel at. While originally designed rather for computer graphics applications, the recent boost in the industry was largely due to requirements for AI applications.
+Large scale neural networks, like the ones used for Large Language Models, such as ChatGPT or Gemini, require extensive computational resources - way beyond the capabilities of a standard GPU-equipped laptop - thus, the need to arrange multiple devices to bundle their capabilities, in what we call data centers or clusters, has emerged.
+Beyond hardware costs, maintenance of such clusters is inherently expensive, due to concerns, such as, availability, communication, or security. This has led to a push in outsourcing computation, i.e., running algorithms in large-scale datacenters that belong to others - most notably, Microsoft or Google. These data centers have extensive computational resources and provide on-demand access and guarantees of availability. As a result, a big part of today's internet relies on these data centers.
+Problems of data centers
+While celebrated, data centers have an immense footprint, which significantly impacts their surroundings, through, e.g., problems with water supply. This is, in particular, due to the immense heat that is generated by the devices and modern water-cooling systems to cope with that.
+Further, GPUs are inherently power-hungry, which resulted in major investments of tech companies in power generation and energy infrastructure. The massive CO2 emissions that go along with that, are a substantial problem. As an example, Meta's LLama2 models reportedly emit up to 291 tons of CO2 equivalents during training. As a comparison, the EU per-capita footprint is about 10 tons of CO2 equivalents per year.
+What now?
+Due to the utility of the technology, we cannot reasonably expect AI workloads to decrease soon, which is why the research community is looking into alternative computing paradigms, among others, Quantum Computing, Neuromorphic Computing, etc. (for an introduction to quantum computing, stay tuned for future blogs)
+These computing paradigms are suited for specialized computations, i.e., we expect to keep classical hardware for its general purpose, but execute parts of algorithms on these specialized devices, which should be faster, more efficient or solve problems that might otherwise not be solvable at all.
+This, however, requires effective integration into data centers to make the execution as efficient as possible.
+Heterogeneous Datacenters
+Already the large-scale integration of GPUs into data centers have made them substantially more heterogeneous, which comes with its own challenges. An example of such is communication. Should an application rely on several passes between classical and GPU nodes, fast communication between the two is required to ensure that the speed-ups from the specialized hardware are not cancelled by the additional latency.
+Quantum computing comes with its own challenges, most notably, its inherent noise sensitivity leading to erroneous executions. Further, different technologies require different setups, e.g., cryogenic cooling. Thus, there is a trade-off between keeping the system as isolated as possible and ensuring fast communication.
+The heterogeneity of devices is, however, also observed outside of data centers. In particular, the internet stack has evolved to include edge or fog nodes, i.e., small, potentially specialized, devices that operate geographically closer to the user. This renders the internet stack even more complex.
+These developments thus bring unique and novel challenges to the research community and open exciting new research questions!
+Blog Picture by Bethany Drouin from Pixabay</t>
+  </si>
+  <si>
+    <t>quantum computing, Cloud computing</t>
+  </si>
+  <si>
+    <t>22.12.2025</t>
+  </si>
+  <si>
+    <t>Community Scholarship</t>
+  </si>
+  <si>
+    <t>Learning in the Quantum Regime</t>
+  </si>
+  <si>
+    <t>On Next Generation Data Centers and the Potential of Quantum Computing for Large-Scale Complex Data</t>
+  </si>
+  <si>
+    <t>Developments in recent years have pushed for execution in the cloud and, with the end of Moore's law, alternative computing paradigms are heavily investigated. Among these is quantum computing, which is, among others, studied for its potential to process today's data. Further, the heterogeneity of data centers poses significant challenges, which will be investigated in this thesis. We aim to address key challenges in future data centers and explore the potential of quantum technology to advance Machine Learning.</t>
+  </si>
+  <si>
+    <t>Dissertation | PhD</t>
+  </si>
+  <si>
+    <t>AI | KI</t>
+  </si>
+  <si>
+    <t>Distributed Systems, Künstliche Intelligenz /AI / Machine Learning, Systemintegration</t>
+  </si>
+  <si>
+    <t>Technische Universität Wien</t>
   </si>
   <si>
     <t>Blog netidee</t>
   </si>
   <si>
     <t>Das Eventvideo zum netidee Talk 2025 &amp; 20 Jahre netidee Förderungen</t>
   </si>
   <si>
     <t>Das Eventvideo zum netidee Talk 2025 &amp; 20 Jahre netidee Förderungen: Prämierung, Diskussionen und Networking im VIENNABallhaus</t>
   </si>
   <si>
     <t>{"preview_thumbnail":"/sites/default/files/styles/video_embed_wysiwyg_preview/public/video_thumbnails/GrgI98zN-cA.jpg.webp?itok=BgyQGiYS","video_url":"https://www.youtube.com/watch?v=GrgI98zN-cA","settings":{"responsive":1,"width":"854","height":"480","autoplay":0},"settings_summary":["Embedded Video (Responsive)."]}
 Der Förderbeirat der netidee Förderungen, Österreichs großer Internet-Förderaktion, hat aus 138 Anträgen 18 Projekte und 10 Stipendiat*innen ausgewählt, welche insgesamt eine Summe von rund 1 Million Euro zur Förderung des Internets in Österreich erhalten. Die diesjährige netidee Science Förderung, die in Kooperation mit dem FWF vergeben wird, erhielt der Complexity Science Hub. Beim netidee Talk 2025 wurden in zwei Podiumsdiskussionen aktuelle Entwicklungen und Herausforderungen rund um das Thema Internet von Expert*innen umfassend beleuchtet. Darüber hinaus erhielten die Zuschauer*innen die Gelegenheit, erste Einblicke in die Vorhaben der Projekte zu erhalten. </t>
   </si>
   <si>
     <t>19.12.2025</t>
-  </si>
-[...4 lines deleted...]
-    <t>Community Scholarship</t>
   </si>
   <si>
     <t>QUDAPI: Efficient Data Pipeline in Quantum-enhanced Cloud Computing</t>
   </si>
   <si>
     <t>Efficient data exchange between classical and
 quantum systems.</t>
   </si>
   <si>
     <t>Hybrid Classical-Quantum Cloud Computing (HCQCC) can
 solve complex problems efficiently but faces high costs, limited qubits, and heavy data exchange between classical and
 quantum systems. This research proposes QUDAPI, an efficient
 quantum data pipeline that compresses classical data before
 quantum transformation, reducing data transfer, internet bandwidth use, and preserving solution accuracy in HCQCC.</t>
   </si>
   <si>
     <t>Cloud Service, Dissertation | PhD, Proof of Concept</t>
   </si>
   <si>
     <t>Cloud Service, Python</t>
   </si>
   <si>
     <t>Distributed Systems, Online-Plattformen, Systemintegration</t>
   </si>
   <si>
-    <t>Technische Universität Wien</t>
-[...1 lines deleted...]
-  <si>
     <t>Start-ups, Student:innen, Techniker:innen</t>
   </si>
   <si>
     <t>15.12.2025</t>
-  </si>
-[...286 lines deleted...]
-    <t>01.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -805,63 +772,63 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="90.692" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="17" max="17" width="802.09" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="286.502" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="861.075" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1145.435" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="924.774" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="61.271" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="22.28" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="21" max="21" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="39.99" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="25" max="25" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -913,570 +880,550 @@
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
         <v>2025</v>
       </c>
-      <c r="B2"/>
-      <c r="C2"/>
+      <c r="B2">
+        <v>7940</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L2"/>
-      <c r="M2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="M2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N2"/>
       <c r="O2" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-      <c r="R2"/>
+        <v>32</v>
+      </c>
+      <c r="P2"/>
+      <c r="Q2" t="s">
+        <v>33</v>
+      </c>
+      <c r="R2" t="s">
+        <v>34</v>
+      </c>
       <c r="S2"/>
       <c r="T2"/>
-      <c r="U2"/>
+      <c r="U2" t="s">
+        <v>35</v>
+      </c>
       <c r="V2"/>
       <c r="W2"/>
-      <c r="X2"/>
+      <c r="X2" t="s">
+        <v>36</v>
+      </c>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
       <c r="B3">
-        <v>8052</v>
+        <v>7909</v>
       </c>
       <c r="C3" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
-      <c r="O3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O3"/>
       <c r="P3"/>
       <c r="Q3" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="R3"/>
       <c r="S3"/>
-      <c r="T3" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="T3"/>
+      <c r="U3"/>
+      <c r="V3"/>
       <c r="W3"/>
-      <c r="X3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X3"/>
       <c r="Y3"/>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4">
-        <v>7730</v>
+        <v>7863</v>
       </c>
       <c r="C4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="L4"/>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M4"/>
       <c r="N4"/>
-      <c r="O4"/>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
       <c r="P4"/>
       <c r="Q4" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="S4"/>
+        <v>42</v>
+      </c>
+      <c r="R4" t="s">
+        <v>43</v>
+      </c>
+      <c r="S4" t="s">
+        <v>44</v>
+      </c>
       <c r="T4"/>
-      <c r="U4"/>
+      <c r="U4" t="s">
+        <v>45</v>
+      </c>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5">
-        <v>7996</v>
+        <v>7909</v>
       </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5"/>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
         <v>51</v>
       </c>
-      <c r="N5"/>
-[...7 lines deleted...]
-      </c>
+      <c r="Q5"/>
+      <c r="R5"/>
       <c r="S5"/>
-      <c r="T5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="T5"/>
+      <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
-      <c r="X5" t="s">
-[...2 lines deleted...]
-      <c r="Y5"/>
+      <c r="X5"/>
+      <c r="Y5" t="s">
+        <v>52</v>
+      </c>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
-        <v>8012</v>
+        <v>8048</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="N6"/>
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>56</v>
+      </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
-      <c r="Y6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
-        <v>8012</v>
+        <v>8018</v>
       </c>
       <c r="C7" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="N7"/>
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>62</v>
+      </c>
       <c r="O7" t="s">
-        <v>66</v>
-[...7 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q7"/>
+      <c r="R7"/>
       <c r="S7"/>
-      <c r="T7" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="T7"/>
+      <c r="U7"/>
+      <c r="V7"/>
+      <c r="W7"/>
+      <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8">
-        <v>7859</v>
+        <v>7728</v>
       </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="L8"/>
-      <c r="M8"/>
-[...8 lines deleted...]
-      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>69</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q8"/>
+      <c r="R8"/>
       <c r="S8"/>
-      <c r="T8" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="T8"/>
+      <c r="U8"/>
+      <c r="V8"/>
       <c r="W8"/>
-      <c r="X8" t="s">
-[...2 lines deleted...]
-      <c r="Y8"/>
+      <c r="X8"/>
+      <c r="Y8" t="s">
+        <v>72</v>
+      </c>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9">
-        <v>7905</v>
+        <v>7728</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="L9"/>
-      <c r="M9"/>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
       <c r="N9"/>
-      <c r="O9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O9"/>
       <c r="P9"/>
       <c r="Q9" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="R9" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="S9"/>
       <c r="T9" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="U9" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="V9"/>
+        <v>80</v>
+      </c>
+      <c r="V9" t="s">
+        <v>81</v>
+      </c>
       <c r="W9"/>
-      <c r="X9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
         <v>2025</v>
       </c>
-      <c r="B10">
-[...4 lines deleted...]
-      </c>
+      <c r="B10"/>
+      <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>57</v>
+        <v>82</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="L10"/>
-      <c r="M10" t="s">
-[...2 lines deleted...]
-      <c r="N10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>83</v>
+      </c>
       <c r="O10" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
-      <c r="Y10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11">
-        <v>7723</v>
+        <v>8052</v>
       </c>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="L11"/>
-      <c r="M11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M11"/>
       <c r="N11"/>
       <c r="O11" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="P11"/>
       <c r="Q11" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="R11" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="S11"/>
       <c r="T11" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="U11" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="V11"/>
+        <v>92</v>
+      </c>
+      <c r="V11" t="s">
+        <v>81</v>
+      </c>
       <c r="W11"/>
       <c r="X11" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">