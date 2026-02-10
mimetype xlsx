--- v4 (2026-01-12)
+++ v5 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,357 +98,340 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
+    <t>Blog netidee</t>
+  </si>
+  <si>
+    <t>netidee Talk 2025 und 20 Jahre netidee Förderungen in Bilder</t>
+  </si>
+  <si>
+    <t>Am 20.11.2025 fand im Rahmen des Talks die Vorstellung der neuen Geförderten statt. Das war der netidee Talk in Bildern.
+Hier können alle Bilder in hoher Auflösung heruntergeladen werden: https://www.flickr.com/photos/197062710@N06/albums/72177720330515480/</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>Stipendium Call #20</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>KI und öffentliche Beschaffung: Ein Thema ist angekommen – aber wohin entwickelt es sich?</t>
+  </si>
+  <si>
+    <t>KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart</t>
+  </si>
+  <si>
+    <t>Der Beitrag beleuchtet aktuelle Entwicklungen an der Schnittstelle von KI und öffentlicher Beschaffung. Erzeigt internationale Beispiele, unterschiedliche Positionen und laufende regulatorische Prozesse auf.</t>
+  </si>
+  <si>
+    <t>Zu Jahresbeginn 2025 war die Verbindung zwischen Künstlicher Intelligenz und öffentlicher Beschaffung in der Fachliteratur noch eher dünn. Einzelne Pilotprojekte und politische Ankündigungen existierten zwar bereits, doch eine breitere, systematische Auseinandersetzung blieb zunächst aus. Das änderte sich deutlich: es häufen sich nunmehr (wissenschaftliche) Beiträge, (Policy-)Papiere, Studien und Debatten. Das Thema ist (mit sehr unterschiedlichen Deutungen) angekommen.
+Dabei lohnt es sich, zwei Ebenen auseinanderzuhalten, die in der aktuellen Diskussion oft vermischt werden: Zum einen geht es um die digitale Transformation des Beschaffungswesens selbst, also den Einsatz von Technologien zur Unterstützung oder Automatisierung von Vergabeprozessen. Zum anderen die öffentliche Beschaffung von KI-Systemen für andere staatliche Zwecke. Beide Aspekte entwickeln sich dynamisch und bringen jeweils eigene Chancen und Risiken mit sich.
+Ein viel zitiertes Beispiel lieferte Albanien. Im Jänner 2025 kündigte die Regierung die Einführung eines KI-Assistenten für die öffentliche Beschaffung an. „Diella“, integriert in die staatliche Plattform eAlbania, soll Ausschreibungen analysieren und schrittweise Entscheidungen vorbereiten oder treffen. Edi Rama erklärte laut Guardian, es sei das Ziel, öffentliche Vergaben vollständig frei von Korruption zu machen, indem menschliche Ermessensspielräume reduziert und durch algorithmische Bewertungen ersetzt werden. Gerade in einem Land, in dem öffentliche Aufträge lange als besonders korruptionsanfällig galten, wird KI hier als Hoffnungsträger dargestellt.
+Ganz anders fällt der Ton zum Teil in der US-amerikanischen Literatur aus. In ihrem Artikel „Buying Blind: Corruption Risk and the Erosion of Oversight in Federal AI Procurement“ zeichnet die Rechtswissenschaftlerin Tillipman ein deutlich skeptischeres Bild. Ihre zentrale These ist dabei nicht, dass KI grundsätzlich ungeeignet für den öffentlichen Sektor wäre. Im Gegenteil: Sie erkennt an, dass KI-Effizienzgewinne bringen, Prozesse standardisieren und potenziell auch Korruptionsrisiken reduzieren kann.
+Ihre Kritik setzt jedoch an der Art und Weise der Beschaffung an. Tillipman argumentiert, dass in den USA KI-Systeme zunehmend über beschleunigte, kommerzielle Beschaffungswege, oft ohne ausreichende Transparenz über Trainingsdaten, Funktionsweise oder Entscheidungslogiken einkauft werden. Governance werde dabei faktisch „in den Vertrag ausgelagert“, während klassische Kontrollmechanismen wie Audit-Rechte, Nachvollziehbarkeit oder unabhängige Überprüfung geschwächt würden. Besonders problematisch ist aus ihrer Sicht, dass diese Defizite bereits in der Beschaffungsphase strukturell verankert werden. Wer KI „blind“ einkauft, übernimmt langfristig auch deren Risiken: Automatisierungsbias, Abhängigkeiten von einzelnen Anbietern, eingeschränkte Korrekturmöglichkeiten und eine schleichende Erosion menschlicher Aufsicht. Governance und Innovation seien dabei kein Gegensatz – vielmehr sei funktionierende Governance Voraussetzung für nachhaltige Innovation.
+Während Albanien KI also explizit als Anti-Korruptionsinstrument positioniert, warnt etwa Tillipman davor, dass schlecht regulierte KI-Beschaffung selbst neue, schwer erkennbare Formen struktureller Korruption begünstigen kann. Zwei Kontexte, zwei Narrative, dieselbe Technologie. Dieses Spannungsfeld wird durch die rasante technische Entwicklung bis ins Extreme weiter zugespitzt. Ein brandaktuelles Beispiel ist OpenClaw, ein von einem Österreicher erschaffener Open-Source-KI-Agent, der nicht nur analysiert oder Texte generiert, sondern eigenständig Aufgaben ausführt („AI that actually does things“).
+Parallel dazu laufen auch auf europäischer Ebene relevante Prozesse: Die Europäische Kommission hat kürzlich die öffentliche Konsultation  zur Überarbeitung der EU-Vergaberichtlinien geschlossen. Außerdem gewinnen geopolitische Überlegungen zunehmend an Bedeutung, etwa im Zusammenhang mit digitaler Souveränität, Cloud-Infrastrukturen und der strategischen Abhängigkeit von außereuropäischen KI-Anbietern.
+Was sich derzeit jedenfalls klar sagen lässt: KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart. Ob sie primär als Instrument für mehr Integrität oder als Katalysator neuer Risiken wirkt, hängt weniger von der Technologie selbst ab als von den institutionellen, rechtlichen und politischen Rahmenbedingungen. Zahlreiche Fragen sind offen, und machen das Thema derzeit so spannend wie umstritten.</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Public Procurement</t>
+  </si>
+  <si>
+    <t>05.02.2026</t>
+  </si>
+  <si>
     <t>Projekt Call #20</t>
   </si>
   <si>
+    <t>DSA-Monitor: Kick Off des Projektes</t>
+  </si>
+  <si>
+    <t>Ein Analyse- und Wissens-Hub für wirksames DSA-Enforcement</t>
+  </si>
+  <si>
+    <t>Betrug, Desinformation, problematische Werbung oder Hatespeech: Viele Risiken sind bekannt, aber oft schwer belegbar und regulatorisch schwer greifbar. DSA-Monitor bündelt Praxiswissen, bereitet es evidenzbasiert auf und stärkt so die DSA-Durchsetzung – mit Fokus auf Jugendliche und Trusted Flagger.</t>
+  </si>
+  <si>
+    <t>Illegale Inhalte und problematische Praktiken gehören für viele Nutzer:innen zum Alltag auf Plattformen wie Facebook, Instagram, TikTok &amp; Co.: Von betrügerischen Angeboten und Hate Speech über Desinformation bis hin zu riskanten Design- und Werbepraktiken, die besonders Kinder und Jugendliche treffen können. Gleichzeitig bleiben viele Mechanismen hinter diesen Phänomenen schwer greifbar – etwa weil Plattformlogiken und Algorithmen oft intransparent sind und sich Risiken dynamisch verändern.
+Digital Services Act als Werkzeug zur Rechtsdurchsetzung
+Mit dem Digital Services Act (DSA) hat die EU erstmals einen europaweit einheitlichen Rechtsrahmen geschaffen, der große Plattformen stärker in die Verantwortung nimmt und klare Pflichten zur Risikominimierung und Transparenz festlegt. Plattformen mit mehr als 45 Mio. aktiven Nutzer:innen in der EU – sogenannte Very Large Online Platforms (VLOPs) – müssen u.a. systemische Risikoanalysen durchführen, Maßnahmen zur Minimierung dieser implementieren sowie Mechanismen zur effektiven Meldung illegaler Inhalte bereitstellen. Dass der DSA bereits konkret Wirkung entfaltet, zeigt ein Blick auf die laufende Umsetzung und erste Verfahren: So hat die Europäische Kommission formelle Verfahren gegen Plattformen wie TikTok und Meta (Facebook/Instagram) eingeleitet — etwa wegen mutmaßlicher Verstöße gegen Transparenz- und Meldepflichten. 
+In der DSA-Umsetzung zeigt sich allerdings eine wiederkehrende Lücke zwischen bekannten Problemen und belastbarer Evidenz: Bei vielen DSA-relevanten Risiken, wie etwa algorithmisch verstärkte Inhalte oder jugendschutzrelevante Desinformation, fehlen systematische, unabhängige Daten. Häufig gibt es Praxiserfahrungen, aber zu wenig systematische Aufbereitung, die für Aufsicht und Durchsetzung nutzbar sind. Begrenzte Ressourcen führen dazu, dass Wissen bisher oft nur ad hoc weitergegeben werden kann. Gleichzeitig wenden sich Behörden seit dem Inkrafttreten des DSA immer häufiger mit DSA-relevanten Fragestellungen an zivilgesellschaftliche Akteur:innen - so auch an uns, das Österreichische Institut für Angewandte Telekommunikation (ÖIAT). 
+ÖIAT als Sensor im Feld
+Das ÖIAT ist seit 1997 eine zentrale Anlaufstelle für genau diese Akteur:innen, wenn es um die digitale Sicherheit geht. Mit unseren Initiativen - wie Saferinternet.at, Watchlist Internet, Internet Ombudsstelle und der Servicestelle digitaleSenior:innen - und der damit einhergehenden Zielgruppennähe fungieren wir als Sensor im Feld für digitale Risiken in Österreich. Zugleich zählen wir zu den ersten Trusted Flaggern Österreichs und können als solche gemäß des DSA Inhalte prioritär an VLOPs melden.
+Diese Position wollen wir nutzen und schaffen mit DSA-Monitor ein zentrales Analyse- und Wissens-Hub, um die Lücke zwischen Praxiswissen und systematischer Evidenz zu schließen. Ziel ist es, fundierte, evidenzbasierte Erkenntnisse so aufzubereiten, dass sie für die digitale Plattformaufsicht und andere DSA-Stakeholder direkt nutzbar werden – und damit die wirksame Umsetzung des DSA in Österreich unterstützen. Der Fokus liegt dabei auf zwei Themenfelder: Strukturelle Hürden für Trusted Flagger sowie Kinder- und Jugendschutz. Ergänzend entsteht ein Toolkit, das Trusted Flagger in ihrer (Zusammen-)Arbeit unterstützen soll. 
+Im Jänner fand der Kick-off des Projekts DSA-Monitor statt. In den kommenden Monaten arbeiten wir daran, bestehende Wissenslücken zu schließen, praxisrelevante Evidenz aufzubereiten und damit einen konkreten Beitrag zur wirksamen Umsetzung des Digital Services Act in Österreich zu leisten.</t>
+  </si>
+  <si>
+    <t>Digital Service Act, Trusted Flagger, Social Media</t>
+  </si>
+  <si>
     <t>Community Project</t>
   </si>
   <si>
-    <t>Die Hinweisbox</t>
-[...127 lines deleted...]
-Dieses Dilemma hat uns zu Qriouso inspiriert.
----
-Was ist Qriouso?
-[...1 lines deleted...]
-Unser Kernprinzip: Keine KI darf eine Lösung verraten, bevor die Schüler:innen die Grundlagen verstanden haben.
----
-Die Technologie: Non-Spoiling AI
-[...14 lines deleted...]
-Die Hints werden spezifischer, aber die Lösung wird nie verraten. So lernen Schüler:innen tatsächlich!
----
-Für Lehrkräfte: Entlastung statt Mehrarbeit
-[...5 lines deleted...]
-- 🔍 Bias-Detection: Erkennt Geschlechterstereotype in KI-Inhalten
----
-Das Team
-[...3 lines deleted...]
-6 Jahre Full-Stack-Erfahrung, Projektleiter an der TU Wien.
----
-Der Fahrplan:
-[...3 lines deleted...]
-Pilotierung (Apr–Aug) – Tests an Schulen und VHS Wien
----
- Open Source für alle
-[...3 lines deleted...]
-✅ Transparente Entwicklung
----
-Was uns beschäftigt
-[...1 lines deleted...]
-Deshalb investieren wir in echte Pilotierungen. 
----
-Interesse? Wir freuen uns über jede Anfrage – egal ob Volksschule, AHS oder Berufsschule!?
-[...1 lines deleted...]
-📧 Steven Ludwig: steven.ludwig.school@gmail.com  
+    <t>DroneLink</t>
+  </si>
+  <si>
+    <t>DroneLink schafft Kommunikation dort, wo Netze fehlen. Drohnen bauen innerhalb kürzester Zeit unabhängige, breitbandige Funkverbindungen auf – offen, nachbaubar und ideal für Forschung und Kriseneinsätze.</t>
+  </si>
+  <si>
+    <t>**Was ist DroneLink?** 
+DroneLink ist ein modulares Kommunikationssystem, bei dem Drohnen als fliegende Relaisstationen fungieren. Ausgestattet mit gerichteten Wi‑Fi‑Richtfunkantennen bauen sie ein unabhängiges Netzwerk zwischen Bodenstationen auf.
+Die Drohnen übernehmen dabei nicht nur den Transport der Antennen, sondern auch:
+* die autonome Positions- und Höhenwahl
+* die präzise Ausrichtung der Antennen mittels Gimbal
+* den sicheren, verschlüsselten Datentransfer
+So entstehen temporäre, leistungsfähige Verbindungen – ohne Mobilfunklizenzen und ohne vorhandene Netzinfrastruktur.
+**Wie funktioniert das System?**
+1. **Initiale Koordination**: Ein robuster, niederbandbreiter Kanal dient zur Positionsbestimmung, Synchronisation und Verbindungsaufnahme zwischen den Bodenstationen.
+2. **Optimale Drohnenpositionierung**: Ein Algorithmus berechnet anhand von GPS‑Daten und digitalen Höhenmodellen jene Position, an der eine stabile Sichtverbindung gewährleistet ist.
+3. **Autonomer Flug &amp; Antennenausrichtung**: Die Drohne fliegt selbstständig in die berechnete Position und richtet die Richtfunkantennen mithilfe eines Gimbals kontinuierlich und exakt aus.
+4. **Hochbandbreitige Datenübertragung*: Über 5 GHz oder 60 GHz werden Datenraten bis in den Gigabit‑Bereich erreicht – sicher, verschlüsselt und unabhängig von bestehenden Netzen.
+**Für wen ist DroneLink gedacht?** 
+DroneLink richtet sich an Entwickler:innen der Open-Source-Community, Forschungseinrichtungen sowie Einsatz- und Katastrophenhilfsorganisationen, die auf flexible und zuverlässige Kommunikationslösungen angewiesen sind. Insbesondere Projekte rund um PX4, ArduPilot und MAVLink profitieren von der offenen Architektur und den standardisierten Schnittstellen. Gleichzeitig bietet DroneLink Universitäten und Fachhochschulen eine realitätsnahe Plattform für Forschung und Lehre im Bereich autonomer Systeme. Für Einsatzkräfte ermöglicht das System den schnellen Aufbau leistungsfähiger Kommunikationsnetze in Krisen- und Katastrophensituationen, auch dort, wo keinerlei Infrastruktur vorhanden ist.</t>
+  </si>
+  <si>
+    <t>Proof of Concept, Studie|Konzept</t>
+  </si>
+  <si>
+    <t>Linux, Sensorik</t>
+  </si>
+  <si>
+    <t>cyberphysische Systeme, Distributed Systems, Network Security</t>
+  </si>
+  <si>
+    <t>Technische Universität Wien</t>
+  </si>
+  <si>
+    <t>PX4 Autopilot</t>
+  </si>
+  <si>
+    <t>Hilfsorgansationen |Freiwilligei, Öffentliche Hand, Techniker:innen, thematische Community</t>
+  </si>
+  <si>
+    <t>04.02.2026</t>
+  </si>
+  <si>
+    <t>Projektstart DroneLink</t>
+  </si>
+  <si>
+    <t>Kommunikation in luftigen Höhen</t>
+  </si>
+  <si>
+    <t>DroneLink entwickelt ein offenes, drohnengestütztes Kommunikationssystem für hochbandbreitige Verbindungen ohne bestehende Infrastruktur. Autonome Drohnen ermöglichen flexible, schnelle Kommunikation für Forschung und Kriseneinsätze.</t>
+  </si>
+  <si>
+    <t>Was ist DroneLink?
+Kommunikation ist in vielen Situationen selbstverständlich – bis sie plötzlich nicht mehr verfügbar ist. Bei Naturkatastrophen, großflächigen Stromausfällen oder Einsätzen in abgelegenen Regionen fehlt oft jede Form von zuverlässiger Datenverbindung. Genau hier setzt DroneLink an: Ein offenes, drohnengestütztes Kommunikationssystem, das unabhängig von bestehender Infrastruktur funktioniert und innerhalb kurzer Zeit hochbandbreitige Verbindungen herstellen kann.
+Die Grundidee ist einfach, aber wirkungsvoll: Autonome Drohnen fungieren als fliegende Relaisstationen. Sie positionieren sich selbstständig, richten Antennen präzise aus und verbinden entfernte Bodenstationen über frei verfügbare Funkfrequenzen. Dadurch entstehen temporäre Netzwerke mit hoher Bandbreite und geringer Latenz – vollständig Open Source, nachbaubar und flexibel anpassbar.
+Wie geht es weiter?
+In den kommenden Wochen legen wir den Fokus auf den Hardwarentwurf. Dazu zählen die Auswahl und Abstimmung geeigneter Komponenten, der Aufbau der Drohne sowie erste Flug- und Stabilitätstests. Wir wählen geeignete Motoren, Flugcomputer, Batterien, Telemetrie-Radios und weitere Systemkomponenten aus, um eine stabile, leistungsfähige und ausdauernde Plattform für den späteren Kommunikationsbetrieb mit Richtfunkantennen und Gimbal zu schaffen.
+Parallel dazu beginnen wir mit der Umsetzung der grundlegenden Softwarearchitektur. Dazu zählt die Entwicklung der Server- und Client-Komponenten für die Bodenstationen, die Definition interner Schnittstellen sowie die Integration der Drohne über das MAVLink-Protokoll. Ziel ist eine modulare Basis, die eine saubere Trennung von Flugsteuerung, Kommunikation und Netzwerklogik ermöglicht und zukünftige Erweiterungen erleichtert.
+Open Source Repositories
+Die Entwicklung von DroneLink erfolgt vollständig offen. Der Quellcode und die Dokumentation werden schrittweise in folgendem Repository veröffentlicht: https://github.com/F-WuTS/DroneLink</t>
+  </si>
+  <si>
+    <t>Kick-Off für die Hinweisbox</t>
+  </si>
+  <si>
+    <t>Wir haben gestartet und entwickeln im Team</t>
+  </si>
+  <si>
+    <t>Wir haben gestartet und entwickeln im Team „Die Hinweisbox – eine Whistleblower-Plattform für Kinderschutz in Organisationen“ 😊</t>
+  </si>
+  <si>
+    <t>... das Team sind wir, ECPAT Österreich – Arbeitsgemeinschaft zum Schutz der Rechte der Kinder vor sexueller Ausbeutung, und HI1 - Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Entwicklung, Optimierung und Beratung.</t>
+  </si>
+  <si>
+    <t>Das Team sind wir, ECPAT Österreich – Arbeitsgemeinschaft zum Schutz der Rechte der Kinder vor sexueller Ausbeutung, und HI1 - Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Entwicklung, Optimierung und Beratung. 
+In unserem ersten Kick-off-Meeting im Dezember wurden Rollen, Zuständigkeiten und Arbeitspakete sowie Umfang und Ausrichtung der Plattform klar definiert. 
+Ein erster Schwerpunkt liegt auf der Benchmark-Recherche um Anforderungen und Abgrenzungen für die Hinweisbox abzuleiten. Parallel dazu wurde eine strukturierte Liste offener Fragen für die Rechtsberatung erarbeitet. Diese betreffen unter anderem den Betrieb der Lösung, Anwenderinformationen, Anonymität, Barrierefreiheit, Datei-Uploads, Zugriffsregelungen sowie den Umgang mit und Besitz von Daten auf dem Server.
+Erste technische und organisatorische Grundlagen für Internationalisierung, Übersetzungen und Barrierefreiheit wurden ebenfalls thematisiert.
+Nach einem erfolgreichen Projektstart liegt der Fokus in den kommenden Wochen klar auf der Vertiefung in der Konzeption und technischen Entwicklung. Die ersten UML-Diagramme sind schon erstellt worden.
  </t>
   </si>
   <si>
-    <t>01.01.2026</t>
-[...112 lines deleted...]
-    <t>15.12.2025</t>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>Demokratie im Schulalltag: aula startet erfolgreich</t>
+  </si>
+  <si>
+    <t>Schüler*innen gestalten mit. Erfolgreicher Projektstart an der ersten Schule</t>
+  </si>
+  <si>
+    <t>aula startet erfolgreich in die Umsetzungsphase!</t>
+  </si>
+  <si>
+    <t>aula bietet Schüler*innen einen niedrigschwelligen, praxisnahen Zugang zu demokratischen Prozessen und Mitbestimmung im Schulalltag</t>
+  </si>
+  <si>
+    <t>So nimmt aula Fahrt auf!
+Die erste Schule hat die Arbeit mit aula erfolgreich aufgenommen. Mit spürbarer Begeisterung auf allen Seiten.
+	Erfolgreicher Projektstart an der ersten Schule: Ein Projektteam aus Schüler*innen und Lehrkräften wurde gebildet.
+	Drei Einführungsworkshops erfolgreich durchgeführt: Die Workshops als auch das Webinar zur aula Stunde wurden sehr positiv aufgenommen.
+	Akzeptanz der aula-App: Trotz anfänglicher technischer Herausforderungen konnten die ersten Codes erfolgreich freigeschaltet werden. Die Schüler*innen beteiligen sich aktiv, lernen konstruktives Feedback zu geben und zeigen Freude am Format.
+	Vernetzung und Kommunikation: Parallel zu den ersten Workshops fanden erste Vernetzungs- und Abstimmungstreffen statt, um Projektziele, pädagogische Ansätze und organisatorische Abläufe gemeinsam zu reflektieren und die Zusammenarbeit zu stärken.
+Ausblick:
+Der Projektverlauf ist insgesamt sehr positiv. Als nächste Schritte sind die Einbindung weiterer Schulen sowie eine kontinuierliche Vernetzung geplant.
+ </t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>DSA-Monitor</t>
+  </si>
+  <si>
+    <t>Wissens- und Analyse-Hub für evidenzbasiertes DSA-Enforcement</t>
+  </si>
+  <si>
+    <t>Der Digital Services Act (DSA) ist die erste EU-weite Verordnung, die illegale Inhalte auf Plattformen wie Facebook, Instagram, TikTok &amp; Co. bekämpft und Plattformen stärker in die Verantwortung nimmt. Das ÖIAT ist als Trusted Flagger im Sinne des DSA ein vertrauenswürdiger Hinweisgeber und kann problematische Inhalte prioritär zur raschen Entfernung melden. Gleichzeitig ist das ÖIAT seit 1997 eine zentrale Anlaufstelle für digitale Sicherheit. Mit unseren Initiativen wie saferinternet.at, Watchlist Internet, der Internet Ombudsstelle oder der Servicestelle digitaleSenior:innen und durch unsere Nähe zu den Zielgruppen fungieren wir als Frühwarnsystem für digitale Risiken in Österreich.
+Seit Inkrafttreten des DSA wenden sich Behörden mit relevanten Fragestellungen an zivilgesellschaftliche Organisationen wie uns. Die DSA-relevanten Probleme sind häufig bekannt, aber nur schwer greifbar. Aufgrund begrenzter Ressourcen können wir Praxiserfahrungen bisher nur ad-hoc weitergeben – vertiefende Recherchen und Analysen, die regulatorisch verwertbar wären, fehlen. Dies erschwert das DSA-Enforcement.
+Mit DSA Monitor schaffen wir ein zentrales Analyse- und Wissens-Hub, das diese Lücke schließen soll. Zu den Schwerpunktthemen „Kinder- und Jugendschutz“ sowie „Hürden für Trusted Flagger“ wollen wir fundiertes, evidenzbasiertes Wissen für die digitale Plattformaufsicht aufbereiten und Behörden gezielt beim DSA-Enforcement unterstützen.</t>
+  </si>
+  <si>
+    <t>28.01.2026</t>
+  </si>
+  <si>
+    <t>Projektstart Faircamp 2.0 – Faircamp in Brüssel</t>
+  </si>
+  <si>
+    <t>Worum geht's, wie sieht der Plan aus, und was passiert als Nächstes?</t>
+  </si>
+  <si>
+    <t>Mit Jänner ist das Projekt Faircamp 2.0 nun offiziell in Startposition. Worum
+geht's? Kurzum: Faircamp, ein bestehendes Softwareprojekt dass Menschen
+ermöglicht unabhängig und nachhaltig Audio im Netz zu publizieren, wird über
+die nächsten Monate umfassend erweitert und neugedacht werden. Drei große
+Themen sind dabei der Leitstern: 1. Faircamp soll ein grafisches
+Userinterface bekommen, welches sich auf allen Mainstream-Plattformen
+(Windows, macOS, Linux) direkt in den Desktop integriert. 2. Die grundlegende
+Architektur der Software soll dahingehend adaptiert werden, dass ein noch
+viel breiteres Spektrum an Einsatzzwecken möglich sind. 3. Die Dokumentation
+und Vermittlung soll im Zuge dieser ersten beiden Entwicklungen mitwachsen.</t>
+  </si>
+  <si>
+    <t>Mit Jänner ist das Projekt Faircamp 2.0 nun offiziell in Startposition. Worum
+geht's? Kurzum: Faircamp, ein bestehendes Softwareprojekt dass Menschen
+ermöglicht unabhängig und nachhaltig Audio im Netz zu publizieren, wird über
+die nächsten Monate umfassend erweitert und neugedacht werden. Drei große
+Themen sind dabei der Leitstern: 1. Faircamp soll ein grafisches
+Userinterface bekommen, welches sich auf allen Mainstream-Plattformen
+(Windows, macOS, Linux) direkt in den Desktop integriert. 2. Die grundlegende
+Architektur der Software soll dahingehend adaptiert werden, dass ein noch
+viel breiteres Spektrum an Einsatzzwecken möglich ist. 3. Die Dokumentation
+und Vermittlung soll im Zuge dieser ersten beiden Entwicklungen mitwachsen.
+Um diesen mehrmonatigen Prozess in Form zu bekommen, wurde im Jänner schon
+kräftig gebrainstormed, experimentiert, ausgelotet und mit der Community
+kommuniziert, und nun folgt darauf der offizielle (und formale, in
+Projektplanung gegossene) Projektstart!
+Wie sieht der konkrete Plan aus? Über die nächsten Wochen wird in einem
+intensiven Wechselspiel zwischen Entwicklung und Konzeption das neue
+Fundament der Architektur von Faircamp 2.0 ausgearbeitet. Hierbei entscheidet
+sich was im neuen Datenmodell technisch möglich ist, aber auch wo die Grenzen
+dessen verlaufen was vorgesehen ist. Höchstes Gebot dabei ist es den
+Sweetspot zu finden – mit einem zu stark eingeschränkten System verspielt man
+viele Möglichkeiten, mit einer "eierlegenden Wollmilchsau" tut man sich und
+seinen Nutzer_innen aber auch keinen Gefallen.
+Vorraussichtlich um den März herum wird sich der Entwicklungsprozess dann
+langsam aber stetig in eine neue Richtung verschieben: der grafischen
+Benutzeroberfläche. Geplant ist hierbei mit einem rudimentären aber
+funktionalen Grundgerüst zu beginnen, und in einem iterativen Prozess,
+Komponente für Komponente, zur vollen Abdeckung der Grundfunktionalität von
+Faircamp hinzuarbeiten. Die Abbildung des Datenmodells durch interaktive,
+grafische Elemente wird zudem einen Feedbackloop einleiten, in dem auch die
+Architektur nochmal nachjustiert werden kann um das Datenmodell sowohl durch
+den Blick des Dateisystems und des Texteditors wie auch durch die grafische
+Oberfläche schlüssig zu halten.
+Sobald die ersten insgesamt kohärent verwendbaren Entwicklungsversionen von
+Faircamp 2.0 zusammenkommen - vorrausichtlich um den April herum - wird das
+Projekt dann stetig in den dritten, finalen Abschnitt des Projekts gehen:
+Eine Vorschauversion von Faircamp 2.0 wird dann laufend mit den Nutzer_innen
+geteilt werden, und im Wechselspiel mit dem Feedback aus der tatsächlichen
+Verwendung durch die Community wird die neue Architektur nochmal abschließend
+evaluiert und angepasst werden, sowie begleitend die neue Dokumentation und
+Installationspakete für alle Plattformen ausgearbeitet werden.
+Und nun zurück in die Gegenwart: Heute Nachmittag wird die formale
+Projektplanung eingereicht und das Projekt startet – nun ganz offiziell. Ab
+übermorgen wird der Projektstart dann noch von gebührendem Rahmenprogramm
+eingeläutet: Faircamp ist zu Gast in Brüssel! Dieses Wochenende findet dort
+das jährliche Free and Open Source Software Developers’ European Meeting
+(FOSDEM) statt - mit über 8.000 Besucher_innen eine der größten Konferenzen
+zu freier Software weltweit. Am Sonntag schließt Faircamp mit dem
+Vortrag Independent and sustainable audio publishing with Faircamp das
+Programm im Music Production Track ab, aber auch in zumindest einem weiteren
+Vortrag wird Faircamp Erwähnung finden, und ich freue mich schon riesig auf
+die Gespräche mit den Nutzer_innen auf den Gängen, zwischen den Vorträgen,
+und im Rahmen der zahlreichen Events.</t>
+  </si>
+  <si>
+    <t>27.01.2026</t>
+  </si>
+  <si>
+    <t>First outreach activities</t>
+  </si>
+  <si>
+    <t>great feedback from the community</t>
+  </si>
+  <si>
+    <t>Following the plan we drafted at the community camp in November, we sent an invitation to join us via newsletter to all Topotheques in January. There is great interest in our project, and we are looking forward to the kickoff workshop.</t>
+  </si>
+  <si>
+    <t>The Community shows interest in our project and the fist volunteers are joining us.</t>
+  </si>
+  <si>
+    <t>In November, we got together and drafted the project steps during the Netidee Bootcamp. We got ourselves set up in December and started our outreach activities in January. The first step in our outreach activities was to reach the community and find volunteers for our workshops as subjects for our user-centered design approach.
+The feedback to the January newsletter yielded many interested candidates, and we look forward to our first meeting at the kickoff workshop in February, where we plan to get to know each other and conduct the first design steps.
+ </t>
+  </si>
+  <si>
+    <t>26.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -764,71 +747,71 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="121.399" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="21" max="21" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="355.056" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1136.008" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="820.942" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="25" max="25" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -878,552 +861,538 @@
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="B2"/>
+      <c r="C2"/>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="N2"/>
       <c r="O2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="P2"/>
-      <c r="Q2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="Q2"/>
+      <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
-      <c r="U2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
-      <c r="X2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
       <c r="B3">
-        <v>7909</v>
+        <v>7977</v>
       </c>
       <c r="C3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="L3"/>
-      <c r="M3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
       <c r="N3"/>
-      <c r="O3"/>
-[...3 lines deleted...]
-      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
-      <c r="Y3"/>
+      <c r="Y3" t="s">
+        <v>38</v>
+      </c>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4">
-        <v>7863</v>
+        <v>7730</v>
       </c>
       <c r="C4" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L4"/>
-      <c r="M4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
       <c r="N4"/>
       <c r="O4" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-      <c r="R4" t="s">
         <v>43</v>
       </c>
-      <c r="S4" t="s">
+      <c r="P4" t="s">
         <v>44</v>
       </c>
+      <c r="Q4"/>
+      <c r="R4"/>
+      <c r="S4"/>
       <c r="T4"/>
-      <c r="U4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
-      <c r="Y4"/>
+      <c r="Y4" t="s">
+        <v>45</v>
+      </c>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5">
-        <v>7909</v>
+        <v>7905</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="L5"/>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M5"/>
       <c r="N5"/>
       <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5"/>
+      <c r="Q5" t="s">
+        <v>49</v>
+      </c>
+      <c r="R5" t="s">
         <v>50</v>
       </c>
-      <c r="P5" t="s">
+      <c r="S5"/>
+      <c r="T5" t="s">
         <v>51</v>
       </c>
-      <c r="Q5"/>
-[...7 lines deleted...]
-      <c r="Y5" t="s">
+      <c r="U5" t="s">
         <v>52</v>
       </c>
+      <c r="V5" t="s">
+        <v>53</v>
+      </c>
+      <c r="W5" t="s">
+        <v>54</v>
+      </c>
+      <c r="X5" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
-        <v>8048</v>
+        <v>7905</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="N6"/>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
-        <v>8018</v>
+        <v>7940</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8">
-        <v>7728</v>
+        <v>8039</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
         <v>67</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>69</v>
       </c>
       <c r="O8" t="s">
         <v>70</v>
       </c>
       <c r="P8" t="s">
         <v>71</v>
       </c>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
-      <c r="Y8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9">
-        <v>7728</v>
+        <v>7730</v>
       </c>
       <c r="C9" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="R9"/>
       <c r="S9"/>
-      <c r="T9" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="T9"/>
+      <c r="U9"/>
+      <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
         <v>2025</v>
       </c>
-      <c r="B10"/>
-      <c r="C10"/>
+      <c r="B10">
+        <v>7863</v>
+      </c>
+      <c r="C10" t="s">
+        <v>40</v>
+      </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="L10"/>
-      <c r="M10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10"/>
       <c r="O10" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11">
-        <v>8052</v>
+        <v>7828</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="L11"/>
-      <c r="M11"/>
-      <c r="N11"/>
+      <c r="M11" t="s">
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>84</v>
+      </c>
       <c r="O11" t="s">
-        <v>88</v>
-[...7 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q11"/>
+      <c r="R11"/>
       <c r="S11"/>
-      <c r="T11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="T11"/>
+      <c r="U11"/>
+      <c r="V11"/>
       <c r="W11"/>
-      <c r="X11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">