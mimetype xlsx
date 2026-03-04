--- v5 (2026-02-10)
+++ v6 (2026-03-04)
@@ -111,82 +111,199 @@
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
     <t>Blog netidee</t>
   </si>
   <si>
     <t>netidee Talk 2025 und 20 Jahre netidee Förderungen in Bilder</t>
   </si>
   <si>
     <t>Am 20.11.2025 fand im Rahmen des Talks die Vorstellung der neuen Geförderten statt. Das war der netidee Talk in Bildern.
 Hier können alle Bilder in hoher Auflösung heruntergeladen werden: https://www.flickr.com/photos/197062710@N06/albums/72177720330515480/</t>
   </si>
   <si>
     <t>23.01.2026</t>
   </si>
   <si>
+    <t>Projekt Call #20</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>*Somes ist jetzt Open Source</t>
+  </si>
+  <si>
+    <t>Zwischenrelease, Open-Sourcing und weitere Schritte</t>
+  </si>
+  <si>
+    <t>Nicht nur konnte die Weboberfläche verbessert werden, auch im Hintergrund hat sich einiges verändert. Die API und das Frontend sind nun öffentlich und Open Source.</t>
+  </si>
+  <si>
+    <t>In den letzten drei Monaten hat sich bei unserer Plattform somes.at (siehe Projektbeschreibung) sehr viel getan. Unsere Arbeit mündete in einem umfangreichen Update, das am 15.02.2026 live ging und als wichtiges Zwischenrelease auf dem Weg zu unserer Version 1.0 (geplant für den 30.04.2026) dient.
+Nutzerinnen und Nutzer sehen ab sofort eine Weboberfläche, die deutlich besser für Mobilgeräte optimiert, übersichtlicher und moderner ist. Zudem haben wir KI-Funktionen verbessert und neue Filtermöglichkeiten ergänzt. Der größte Teil der Arbeit fand allerdings unter der Haube statt. Hier sind die wichtigsten technischen Erkenntnisse und Änderungen der letzten Monate:
+Datensammlung &amp; Speicherung
+	Statt Aktualisierungszeiten von Rohdaten und Datenbankeintrag zu vergleichen, werden jetzt Hashes von den bereits aggregierten Daten verwendet, um einerseits den Datenbankupdateprozess frühzeitig zu beenden und andererseits eine Benachrichtigung über einen Redis-Stream zu versenden, der nun von der API gelesen wird. Dabei können Suchindizes und sonstige spezifische Cache-Einträge effizient bei Änderungen aktualisiert werden. Die Nutzung von Hashes erlaubt eine Reaktion auf Veränderungen von Abhängigkeiten.
+	Aktualisierungs- und Erstellungstimestamps werden nun gespeichert
+	Die Zuordnung von Nachnamen zu Abgeordneten/Personen-IDs erfolgt jetzt wesentlich präziser durch einen automatisierten Abgleich der vorherigen Namen einer Person.
+API
+	Die Endpunkte, die im Hintergrund einen Meilisearch-Suchindex verwenden, verfügen jetzt über eine verbesserte Filterung. Dabei kann nach den meisten Attributen eines Objekts gefiltert werden. Clients haben deswegen deutlich einfachere und mehr Möglichkeiten, um Einträge zu filtern. z.B.
+https://somes.at/api/at/v1/vote_results/search?search=&amp;page=1&amp;is_finished=true&amp;legislative_initiative[ityp][in][0]=I&amp;legislative_initiative[voting][in][0]=Law&amp;eurovoc_topics[0][topic][cn]=Wirtschaft
+	Die Fehlerrückmeldungen der Endpunkte wurden deutlich verbessert und strukturell vereinheitlicht.
+	Wir sind von flachen Routen auf REST-typische Routen mit Versionierung und Internationalisierung (/at, bald auch /eu) umgestiegen.
+	Es werden jetzt Queries und Views eingesetzt, die verstärkt auf automatisiert generierte Composite-Types setzen. Ziel war es, auf Postgresql JSON-Funktionen zu verzichten und die von der verwendeten SQL-Library (sqlx-rs) gebotene Compile-Time-Type-Safety aufrechtzuerhalten.
+Frontend
+	Interaktive Landingpage in derselben Frontend-Codebase 
+	Wir sind von Svelte 4 und Skeleton auf Svelte 5 und bits-ui umgestiegen. Durch das Refactoring konnten wir Server Side Rendering (SSR) aktivieren. Das ist entscheidend, damit z.B. unsere Abstimmungsseiten künftig auch direkt über Suchmaschinen (SEO) gefunden werden können.
+	Integration neuer Filter und AI-Informationen
+	Ein großer Teil des Frontends wurde grundsätzlich überarbeitet, wobei Kernelemente und Farbschema beibehalten wurden. Unserer Meinung nach ist die Weboberfläche nun deutlich zugänglicher, ansprechender und übersichtlicher. Auch für Mobilgeräte, wobei natürlich noch ein Feinschliff mit Bugfixes notwendig ist. 
+AI
+	Statt einzelne Python-Scripts zu erhalten, die periodisch gestartet werden und individuell Datenbankzugriff erhalten, wurde eine SomAI-API implementiert, die grundlegende LLM-Funktionalität und Endpunkte, bestehende Scripts ersetzen, zur Verfügung stellt. Diese API wird in der Regel vom Somes-Dataservice aufgerufen, um z.B. Zusammenfassungen zu generieren oder um das Portraitvideo eines Abgeordneten zu transkribieren.
+	Durch die Anschaffung eines Mini-PCs (BOSGAME M5 128GB), den wir als KI und Build Server verwenden, konnten nun die KI-Funktionen reaktiviert und erweitert werden. Neben den Schwerpunktzusammenfassungen, gibt es jetzt verständliche Titel, ein Glossar, Zusammenfassungen, akkuratere In-Kraft-Tretungs-Daten, … für alle Gegenstände auf somes. (Abstimmungen, Ministerialentwürfe, Verordnungen). Stand 01.03.2026 19:18 wurden 16454 Zusammenfassungen lokal mit dem Modell GPT-OSS-120B erstellt. 
+Open Sourcing
+Die API und das Webfrontend sind ab sofort öffentlich und unter AGPL 3.0 freigegeben (https://github.com/som-es/somes).
+*Alle weiteren Repositories (dataservice, scraper, somai-api) folgen bis zum 30.04.2026, also spätestens zum V1 Release.
+Ausblick auf 30.04.2026
+Bis zum 1.0 Release werden noch einige Funktionen hinzugefügt und verbessert. z.B.
+	Accountsystem
+		UX-Verbesserungen
+		Fehler bei E-Mail-Benachrichtigungen werden behoben sein
+		OAuth
+	Weitere Filterfunktionen: Nach Datum, Gegenstandsanzahl pro Seite, Oppositions und Regierungsfilterung, Sortierung
+	Ministerialentwurfs und Verordnungsseite nach neuem Designschema ausrichten
+	Referenzen, “Eingebracht von …” auf Abstimmungsseite besser darstellen
+	Statistiken
+Alles sehr machbar!
+ </t>
+  </si>
+  <si>
+    <t>Open Source</t>
+  </si>
+  <si>
+    <t>02.03.2026</t>
+  </si>
+  <si>
     <t>Stipendium Call #20</t>
   </si>
   <si>
-    <t>Blog</t>
+    <t>The Hidden Weak Spot of the IoT: Insecure Backends at Internet Scale</t>
+  </si>
+  <si>
+    <t>Our large-scale measurement of MQTT, CoAP, and XMPP backends shows how missing encryption, weak authentication, and misconfigurations put devices, and users at risk.</t>
+  </si>
+  <si>
+    <t>Many IoT systems rely on messaging backends that are directly reachable from the internet. Our study of 337k+ MQTT, CoAP, and XMPP backends reveals widespread information leaks, weak authentication, and DoS risks, plus clear mitigations to reduce exposure.</t>
+  </si>
+  <si>
+    <t>When we talk about Internet-of-Things security, we usually picture vulnerable cameras, smart locks, or poorly protected sensors. But many attacks don't need to start with the device at all. They can start with the "brains" behind it: the backend servers that store data, route messages, and control devices.
+In our research paper, we measured the security of real-world IoT backends at scale, focusing on three protocols that IoT systems commonly "speak" directly: MQTT, CoAP, and XMPP. We collected and tested more than 337k publicly reachable backends and found a troubling pattern: basic security protections are often missing, outdated, or misconfigured.
+What we measured (and why these protocols matter)
+IoT deployments often rely on lightweight messaging protocols rather than traditional web APIs. We focused on:
+	MQTT (publish/subscribe): devices publish messages to "topics," others subscribe to receive them.
+	CoAP (REST-like over UDP): devices request resources (like "/sensor" or "/config") from a backend.
+	XMPP (XML messaging): used for near-real-time messaging and some IoT integrations.
+These protocols were designed for constrained environments, but that also means security features may be optional, inconsistently deployed, or hard to retrofit.
+The three significant threats we looked for
+We assessed backends as an unauthenticated outsider (non-invasive testing), and focused on three high-impact problem areas:
+1) Information leakage
+Some backends expose details that should never be public: software versions, topic names, resource lists, or even sensitive device data.
+Across MQTT/CoAP/XMPP, 9.44% of reachable backends exposed information in ways that can enable privacy violations or further attacks.
+2) Weak (or missing) authentication
+Authentication is often optional in IoT deployments, and many systems omit it. Examples from the study include MQTT brokers that support wildcard topic subscriptions and XMPP servers that still support weak mechanisms such as PLAIN (credentials sent in a reversible encoding).
+3) Denial of service (DoS), including amplification
+CoAP is UDP-based, which makes it particularly susceptible to reflection/amplification attacks. We found that 30.38% of reachable CoAP backends were vulnerable to DoS attacks, and a large portion could be abused as amplification reflectors.
+Two real examples that show the impact
+To make this concrete, our paper includes motivating cases where insecure backends exposed highly sensitive data:
+	A health monitoring device whose MQTT backend revealed personally identifiable information and health indicators (and even allowed inference of an outdated broker version with known vulnerabilities).
+	A "smart car dongle" backend that leaked location, vehicle details, and anti-theft alarm status, precisely the kind of data that could enable real-world targeting.
+The "security seatbelt" that's barely used: TLS
+For TCP-based protocols (MQTT and XMPP), TLS should be a baseline protection against eavesdropping and tampering. But we observed extremely low adoption: only 0.16% of MQTT- and XMPP-speaking backends used TLS. Worse, many of the TLS-enabled ones supported outdated protocol versions (e.g., TLS 1.0/1.1), and a significant fraction were vulnerable to known weaknesses.
+What operators can do right now?
+The fixes are not vague, just often neglected:
+	Turn on authentication and authorization (MQTT ACLs, XMPP strong auth only, CoAP access controls).
+	Disable wildcard-style "list everything" exposure unless strictly needed.
+	Patch and update broker/server software (many issues map directly to outdated versions).
+	Use TLS (or DTLS for CoAP) where feasible, and configure it correctly (modern versions, safe ciphers, valid certs).
+	If the backend doesn't need to be public, put it behind a firewall or restrict access to known networks.</t>
+  </si>
+  <si>
+    <t>Analyzing the iOS Local Network Permission from a Technical and User Perspective</t>
+  </si>
+  <si>
+    <t>iOS Local Network Permission</t>
+  </si>
+  <si>
+    <t>We analyzed the iOS local network permission from a technical and user perspective.</t>
+  </si>
+  <si>
+    <t>Analyzing the iOS Local Network Permission from a Technical and User Perspective
+With the release of iOS 14, Apple introduced a dedicated permission to regulate apps' access to the local network. Although devices within local networks are typically shielded from direct Internet exposure, apps running on smartphones connected to such networks can communicate with other local devices. This capability opens a new attack vector and presents privacy risks, including tracking and household fingerprinting. Prior work showed that apps leveraged local network access to bypass the location permission, as the router's MAC address can reveal a user's location. Moreover, researchers identified malicious apps that attempted to attack routers via local network communication.
+In this work, we systematically analyzed the iOS local network permission from both technical and user perspectives. The technical perspective is particularly relevant because this permission differs fundamentally from traditional permission models. Typically, permissions protect a set of operating system APIs. In contrast, the local network permission relies on runtime monitoring of network traffic destinations and prompts the user when the system detects access to local network resources. At the time of our study, Android did not yet provide a comparable permission, allowing us to investigate differences in their access behavior. From a user perspective, the intrinsic technical complexity of the permission raises the question of whether users can make informed decisions when confronted with the dialog.
+We first evaluated the security of the permission's implementation by implementing a test app trying to access the local network through various methods. We then conducted a large-scale dynamic analysis to detect local network access in apps and compared the prevalence and characteristics of such access between Android and iOS apps. Next, we analyzed the developer-provided rationales for the permission. Finally, we conducted an online user study with 150 participants to assess users' understanding of the permission and its implications.
+Our work revealed two methods to bypass the permission from webviews and showed that the protected local network addresses were insufficient.
+We found that 152 iOS apps and 117 Android apps accessed the local network, and that the timing of access differed: Android apps tended to access it at startup.
+Finally, we presented both the strengths and limitations of users' understanding of the permission. While nearly every participant was aware of at least one threat (83.11%), misconceptions were even more common (84.46%).
+Link to the paper
+The paper was presented at IEEE Security and Privacy 2025: https://www.computer.org/csdl/proceedings-article/sp/2025/223600a045/21B7QxJBmzC 
+ </t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
   </si>
   <si>
     <t>KI und öffentliche Beschaffung: Ein Thema ist angekommen – aber wohin entwickelt es sich?</t>
   </si>
   <si>
     <t>KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart</t>
   </si>
   <si>
     <t>Der Beitrag beleuchtet aktuelle Entwicklungen an der Schnittstelle von KI und öffentlicher Beschaffung. Erzeigt internationale Beispiele, unterschiedliche Positionen und laufende regulatorische Prozesse auf.</t>
   </si>
   <si>
     <t>Zu Jahresbeginn 2025 war die Verbindung zwischen Künstlicher Intelligenz und öffentlicher Beschaffung in der Fachliteratur noch eher dünn. Einzelne Pilotprojekte und politische Ankündigungen existierten zwar bereits, doch eine breitere, systematische Auseinandersetzung blieb zunächst aus. Das änderte sich deutlich: es häufen sich nunmehr (wissenschaftliche) Beiträge, (Policy-)Papiere, Studien und Debatten. Das Thema ist (mit sehr unterschiedlichen Deutungen) angekommen.
 Dabei lohnt es sich, zwei Ebenen auseinanderzuhalten, die in der aktuellen Diskussion oft vermischt werden: Zum einen geht es um die digitale Transformation des Beschaffungswesens selbst, also den Einsatz von Technologien zur Unterstützung oder Automatisierung von Vergabeprozessen. Zum anderen die öffentliche Beschaffung von KI-Systemen für andere staatliche Zwecke. Beide Aspekte entwickeln sich dynamisch und bringen jeweils eigene Chancen und Risiken mit sich.
 Ein viel zitiertes Beispiel lieferte Albanien. Im Jänner 2025 kündigte die Regierung die Einführung eines KI-Assistenten für die öffentliche Beschaffung an. „Diella“, integriert in die staatliche Plattform eAlbania, soll Ausschreibungen analysieren und schrittweise Entscheidungen vorbereiten oder treffen. Edi Rama erklärte laut Guardian, es sei das Ziel, öffentliche Vergaben vollständig frei von Korruption zu machen, indem menschliche Ermessensspielräume reduziert und durch algorithmische Bewertungen ersetzt werden. Gerade in einem Land, in dem öffentliche Aufträge lange als besonders korruptionsanfällig galten, wird KI hier als Hoffnungsträger dargestellt.
 Ganz anders fällt der Ton zum Teil in der US-amerikanischen Literatur aus. In ihrem Artikel „Buying Blind: Corruption Risk and the Erosion of Oversight in Federal AI Procurement“ zeichnet die Rechtswissenschaftlerin Tillipman ein deutlich skeptischeres Bild. Ihre zentrale These ist dabei nicht, dass KI grundsätzlich ungeeignet für den öffentlichen Sektor wäre. Im Gegenteil: Sie erkennt an, dass KI-Effizienzgewinne bringen, Prozesse standardisieren und potenziell auch Korruptionsrisiken reduzieren kann.
 Ihre Kritik setzt jedoch an der Art und Weise der Beschaffung an. Tillipman argumentiert, dass in den USA KI-Systeme zunehmend über beschleunigte, kommerzielle Beschaffungswege, oft ohne ausreichende Transparenz über Trainingsdaten, Funktionsweise oder Entscheidungslogiken einkauft werden. Governance werde dabei faktisch „in den Vertrag ausgelagert“, während klassische Kontrollmechanismen wie Audit-Rechte, Nachvollziehbarkeit oder unabhängige Überprüfung geschwächt würden. Besonders problematisch ist aus ihrer Sicht, dass diese Defizite bereits in der Beschaffungsphase strukturell verankert werden. Wer KI „blind“ einkauft, übernimmt langfristig auch deren Risiken: Automatisierungsbias, Abhängigkeiten von einzelnen Anbietern, eingeschränkte Korrekturmöglichkeiten und eine schleichende Erosion menschlicher Aufsicht. Governance und Innovation seien dabei kein Gegensatz – vielmehr sei funktionierende Governance Voraussetzung für nachhaltige Innovation.
 Während Albanien KI also explizit als Anti-Korruptionsinstrument positioniert, warnt etwa Tillipman davor, dass schlecht regulierte KI-Beschaffung selbst neue, schwer erkennbare Formen struktureller Korruption begünstigen kann. Zwei Kontexte, zwei Narrative, dieselbe Technologie. Dieses Spannungsfeld wird durch die rasante technische Entwicklung bis ins Extreme weiter zugespitzt. Ein brandaktuelles Beispiel ist OpenClaw, ein von einem Österreicher erschaffener Open-Source-KI-Agent, der nicht nur analysiert oder Texte generiert, sondern eigenständig Aufgaben ausführt („AI that actually does things“).
 Parallel dazu laufen auch auf europäischer Ebene relevante Prozesse: Die Europäische Kommission hat kürzlich die öffentliche Konsultation  zur Überarbeitung der EU-Vergaberichtlinien geschlossen. Außerdem gewinnen geopolitische Überlegungen zunehmend an Bedeutung, etwa im Zusammenhang mit digitaler Souveränität, Cloud-Infrastrukturen und der strategischen Abhängigkeit von außereuropäischen KI-Anbietern.
 Was sich derzeit jedenfalls klar sagen lässt: KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart. Ob sie primär als Instrument für mehr Integrität oder als Katalysator neuer Risiken wirkt, hängt weniger von der Technologie selbst ab als von den institutionellen, rechtlichen und politischen Rahmenbedingungen. Zahlreiche Fragen sind offen, und machen das Thema derzeit so spannend wie umstritten.</t>
   </si>
   <si>
     <t>Artificial Intelligence, Public Procurement</t>
   </si>
   <si>
     <t>05.02.2026</t>
-  </si>
-[...1 lines deleted...]
-    <t>Projekt Call #20</t>
   </si>
   <si>
     <t>DSA-Monitor: Kick Off des Projektes</t>
   </si>
   <si>
     <t>Ein Analyse- und Wissens-Hub für wirksames DSA-Enforcement</t>
   </si>
   <si>
     <t>Betrug, Desinformation, problematische Werbung oder Hatespeech: Viele Risiken sind bekannt, aber oft schwer belegbar und regulatorisch schwer greifbar. DSA-Monitor bündelt Praxiswissen, bereitet es evidenzbasiert auf und stärkt so die DSA-Durchsetzung – mit Fokus auf Jugendliche und Trusted Flagger.</t>
   </si>
   <si>
     <t>Illegale Inhalte und problematische Praktiken gehören für viele Nutzer:innen zum Alltag auf Plattformen wie Facebook, Instagram, TikTok &amp; Co.: Von betrügerischen Angeboten und Hate Speech über Desinformation bis hin zu riskanten Design- und Werbepraktiken, die besonders Kinder und Jugendliche treffen können. Gleichzeitig bleiben viele Mechanismen hinter diesen Phänomenen schwer greifbar – etwa weil Plattformlogiken und Algorithmen oft intransparent sind und sich Risiken dynamisch verändern.
 Digital Services Act als Werkzeug zur Rechtsdurchsetzung
 Mit dem Digital Services Act (DSA) hat die EU erstmals einen europaweit einheitlichen Rechtsrahmen geschaffen, der große Plattformen stärker in die Verantwortung nimmt und klare Pflichten zur Risikominimierung und Transparenz festlegt. Plattformen mit mehr als 45 Mio. aktiven Nutzer:innen in der EU – sogenannte Very Large Online Platforms (VLOPs) – müssen u.a. systemische Risikoanalysen durchführen, Maßnahmen zur Minimierung dieser implementieren sowie Mechanismen zur effektiven Meldung illegaler Inhalte bereitstellen. Dass der DSA bereits konkret Wirkung entfaltet, zeigt ein Blick auf die laufende Umsetzung und erste Verfahren: So hat die Europäische Kommission formelle Verfahren gegen Plattformen wie TikTok und Meta (Facebook/Instagram) eingeleitet — etwa wegen mutmaßlicher Verstöße gegen Transparenz- und Meldepflichten. 
 In der DSA-Umsetzung zeigt sich allerdings eine wiederkehrende Lücke zwischen bekannten Problemen und belastbarer Evidenz: Bei vielen DSA-relevanten Risiken, wie etwa algorithmisch verstärkte Inhalte oder jugendschutzrelevante Desinformation, fehlen systematische, unabhängige Daten. Häufig gibt es Praxiserfahrungen, aber zu wenig systematische Aufbereitung, die für Aufsicht und Durchsetzung nutzbar sind. Begrenzte Ressourcen führen dazu, dass Wissen bisher oft nur ad hoc weitergegeben werden kann. Gleichzeitig wenden sich Behörden seit dem Inkrafttreten des DSA immer häufiger mit DSA-relevanten Fragestellungen an zivilgesellschaftliche Akteur:innen - so auch an uns, das Österreichische Institut für Angewandte Telekommunikation (ÖIAT). 
 ÖIAT als Sensor im Feld
 Das ÖIAT ist seit 1997 eine zentrale Anlaufstelle für genau diese Akteur:innen, wenn es um die digitale Sicherheit geht. Mit unseren Initiativen - wie Saferinternet.at, Watchlist Internet, Internet Ombudsstelle und der Servicestelle digitaleSenior:innen - und der damit einhergehenden Zielgruppennähe fungieren wir als Sensor im Feld für digitale Risiken in Österreich. Zugleich zählen wir zu den ersten Trusted Flaggern Österreichs und können als solche gemäß des DSA Inhalte prioritär an VLOPs melden.
 Diese Position wollen wir nutzen und schaffen mit DSA-Monitor ein zentrales Analyse- und Wissens-Hub, um die Lücke zwischen Praxiswissen und systematischer Evidenz zu schließen. Ziel ist es, fundierte, evidenzbasierte Erkenntnisse so aufzubereiten, dass sie für die digitale Plattformaufsicht und andere DSA-Stakeholder direkt nutzbar werden – und damit die wirksame Umsetzung des DSA in Österreich unterstützen. Der Fokus liegt dabei auf zwei Themenfelder: Strukturelle Hürden für Trusted Flagger sowie Kinder- und Jugendschutz. Ergänzend entsteht ein Toolkit, das Trusted Flagger in ihrer (Zusammen-)Arbeit unterstützen soll. 
 Im Jänner fand der Kick-off des Projekts DSA-Monitor statt. In den kommenden Monaten arbeiten wir daran, bestehende Wissenslücken zu schließen, praxisrelevante Evidenz aufzubereiten und damit einen konkreten Beitrag zur wirksamen Umsetzung des Digital Services Act in Österreich zu leisten.</t>
   </si>
   <si>
     <t>Digital Service Act, Trusted Flagger, Social Media</t>
   </si>
   <si>
     <t>Community Project</t>
@@ -279,159 +396,50 @@
   <si>
     <t>Demokratie im Schulalltag: aula startet erfolgreich</t>
   </si>
   <si>
     <t>Schüler*innen gestalten mit. Erfolgreicher Projektstart an der ersten Schule</t>
   </si>
   <si>
     <t>aula startet erfolgreich in die Umsetzungsphase!</t>
   </si>
   <si>
     <t>aula bietet Schüler*innen einen niedrigschwelligen, praxisnahen Zugang zu demokratischen Prozessen und Mitbestimmung im Schulalltag</t>
   </si>
   <si>
     <t>So nimmt aula Fahrt auf!
 Die erste Schule hat die Arbeit mit aula erfolgreich aufgenommen. Mit spürbarer Begeisterung auf allen Seiten.
 	Erfolgreicher Projektstart an der ersten Schule: Ein Projektteam aus Schüler*innen und Lehrkräften wurde gebildet.
 	Drei Einführungsworkshops erfolgreich durchgeführt: Die Workshops als auch das Webinar zur aula Stunde wurden sehr positiv aufgenommen.
 	Akzeptanz der aula-App: Trotz anfänglicher technischer Herausforderungen konnten die ersten Codes erfolgreich freigeschaltet werden. Die Schüler*innen beteiligen sich aktiv, lernen konstruktives Feedback zu geben und zeigen Freude am Format.
 	Vernetzung und Kommunikation: Parallel zu den ersten Workshops fanden erste Vernetzungs- und Abstimmungstreffen statt, um Projektziele, pädagogische Ansätze und organisatorische Abläufe gemeinsam zu reflektieren und die Zusammenarbeit zu stärken.
 Ausblick:
 Der Projektverlauf ist insgesamt sehr positiv. Als nächste Schritte sind die Einbindung weiterer Schulen sowie eine kontinuierliche Vernetzung geplant.
  </t>
   </si>
   <si>
     <t>30.01.2026</t>
-  </si>
-[...107 lines deleted...]
-    <t>26.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -755,52 +763,52 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="96.691" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="195.667" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="152.106" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="355.056" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="1136.008" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="820.942" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -906,454 +914,456 @@
       <c r="N2"/>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
       <c r="B3">
-        <v>7977</v>
+        <v>7723</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>33</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
         <v>34</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>35</v>
       </c>
       <c r="N3"/>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
       <c r="Y3" t="s">
         <v>38</v>
       </c>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4">
-        <v>7730</v>
+        <v>7820</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
         <v>41</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>42</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
-      <c r="Y4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5">
-        <v>7905</v>
+        <v>7761</v>
       </c>
       <c r="C5" t="s">
         <v>40</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="L5"/>
-      <c r="M5"/>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
       <c r="N5"/>
       <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
         <v>48</v>
       </c>
-      <c r="P5"/>
-[...5 lines deleted...]
-      </c>
+      <c r="Q5"/>
+      <c r="R5"/>
       <c r="S5"/>
-      <c r="T5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="T5"/>
+      <c r="U5"/>
+      <c r="V5"/>
+      <c r="W5"/>
+      <c r="X5"/>
       <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
-        <v>7905</v>
+        <v>7977</v>
       </c>
       <c r="C6" t="s">
         <v>40</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
-      <c r="Y6"/>
+      <c r="Y6" t="s">
+        <v>54</v>
+      </c>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
-        <v>7940</v>
+        <v>7730</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="N7"/>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
-      <c r="Y7"/>
+      <c r="Y7" t="s">
+        <v>60</v>
+      </c>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8">
-        <v>8039</v>
+        <v>7905</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
+        <v>62</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8"/>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8"/>
+      <c r="Q8" t="s">
+        <v>64</v>
+      </c>
+      <c r="R8" t="s">
+        <v>65</v>
+      </c>
+      <c r="S8"/>
+      <c r="T8" t="s">
+        <v>66</v>
+      </c>
+      <c r="U8" t="s">
         <v>67</v>
       </c>
-      <c r="L8"/>
-      <c r="M8" t="s">
+      <c r="V8" t="s">
         <v>68</v>
       </c>
-      <c r="N8" t="s">
+      <c r="W8" t="s">
         <v>69</v>
       </c>
-      <c r="O8" t="s">
+      <c r="X8" t="s">
         <v>70</v>
       </c>
-      <c r="P8" t="s">
-[...9 lines deleted...]
-      <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9">
-        <v>7730</v>
+        <v>7905</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9"/>
+      <c r="O9" t="s">
         <v>74</v>
       </c>
-      <c r="N9"/>
-[...2 lines deleted...]
-      <c r="Q9" t="s">
+      <c r="P9" t="s">
         <v>75</v>
       </c>
+      <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
         <v>2025</v>
       </c>
       <c r="B10">
-        <v>7863</v>
+        <v>7940</v>
       </c>
       <c r="C10" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
         <v>78</v>
       </c>
-      <c r="N10"/>
       <c r="O10" t="s">
         <v>79</v>
       </c>
       <c r="P10" t="s">
         <v>80</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11">
-        <v>7828</v>
+        <v>8039</v>
       </c>
       <c r="C11" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
         <v>82</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>83</v>
       </c>
       <c r="N11" t="s">
         <v>84</v>
       </c>
       <c r="O11" t="s">
         <v>85</v>
       </c>
       <c r="P11" t="s">
         <v>86</v>