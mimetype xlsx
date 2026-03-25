--- v6 (2026-03-04)
+++ v7 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -111,335 +111,355 @@
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
     <t>Blog netidee</t>
   </si>
   <si>
     <t>netidee Talk 2025 und 20 Jahre netidee Förderungen in Bilder</t>
   </si>
   <si>
     <t>Am 20.11.2025 fand im Rahmen des Talks die Vorstellung der neuen Geförderten statt. Das war der netidee Talk in Bildern.
 Hier können alle Bilder in hoher Auflösung heruntergeladen werden: https://www.flickr.com/photos/197062710@N06/albums/72177720330515480/</t>
   </si>
   <si>
     <t>23.01.2026</t>
   </si>
   <si>
+    <t>Stipendium Call #20</t>
+  </si>
+  <si>
+    <t>Community Scholarship</t>
+  </si>
+  <si>
+    <t>Ne bis in idem im Verhältnis zwischen Digital Markets Act (DMA) und Art 102 AEUV</t>
+  </si>
+  <si>
+    <t>Doppelbestrafungsverbot im (Digital)Kartell- und Regulierungsrecht</t>
+  </si>
+  <si>
+    <t>Große Digitalkonzerne unterliegen neben dem Kartellrecht auch den (sich überschneidenden) Vorgaben des Digital Markets Act (DMA).
+Aufgrund der parallelen Anwendbarkeit ist denkbar, dass ein und dieselbe Verhaltensweise –  wie etwa die zustimmungslose Verknüpfung von (Nutzer)Daten aus verschiedenen Quellen – von beiden Materien erfasst und (doppelt) sanktioniert wird.
+Zu erörtern ist, ob eine solche Mehrfachsanktionierung zulässig ist oder gegen das grundrechtlich verankerte Doppelbestrafungsverbot (ne bis in idem) verstößt.</t>
+  </si>
+  <si>
+    <t>(Europäisches) Wettbewerbsrecht</t>
+  </si>
+  <si>
+    <t>Universität Wien</t>
+  </si>
+  <si>
+    <t>Summary, Endbericht</t>
+  </si>
+  <si>
+    <t>24.03.2026</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>Neue Digitalregeln, bekannte Prinzipien</t>
+  </si>
+  <si>
+    <t>Regulierung (DMA) vs Kartellrecht (Art 102 AEUV)</t>
+  </si>
+  <si>
+    <t>Digital Markets Act (DMA) und Art 102 AEUV: Unterschiede und Gemeinsamkeiten</t>
+  </si>
+  <si>
+    <t>Um der wachsenden Marktmacht großer Digitalkonzerne zu begegnen, kombiniert der Europäische Gesetzgeber traditionelles Kartellrecht (Marktmachtmissbrauchsverbot nach Art 102 AEUV) mit neuer Digitalregulierung (Digital Markets Act - DMA). Obwohl die beiden Regelwerke systematisch unterschiedlich aufgebaut sind, zeigen sich deutliche inhaltliche Überschneidungen.
+Art 102 AEUV: (Einzelfall)Kontrolle im Nachhinein
+Art 102 AEUV verbietet die missbräuchliche Ausnutzung einer marktbeherrschenden Stellung. Die Bestimmung reagiert auf kartellrechtswidrige Praktiken (nachdem sie stattgefunden haben) und sanktioniert diese. Die Wettbewerbsbehörde muss jeden Fall einzeln prüfen: sie muss den relevanten Markt sorgfältig abgrenzen, Marktmacht feststellen und nachteilige Auswirkungen auf den Wettbewerb nachweisen. Diese Verfahren sind oft komplex und dauern lange – gerade im schnelllebigen digitalen Umfeld ein Nachteil.
+Digital Markets Act (DMA): Verbindliche Regelungen im Voraus
+Der DMA setzt früher an. Er legt sog Gatekeepern (dh besonders großen Digitalplattformen) verbindliche Verhaltenspflichten auf – diese gelten automatisch, sobald ein Unternehmen als Gatekeeper eingestuft wurde. Eine aufwendige Einzelfallprüfung ist demnach nicht erforderlich. Auf diese Weise soll eine rasche(re) Interventionsmöglichkeit im digitalen Sektor geschaffen werden.
+Inhaltliche Parallelen
+Auf den ersten Blick wirkt der DMA wie ein völlig neues Regelwerk. Inhaltlich ist er jedoch stark vom klassischen Kartellrecht geprägt. So basiert der Verhaltenskatalog im DMA weitgehend auf der kartellrechtlichen Entscheidungspraxis zu Art 102 AEUV – insbesondere auf prominenten Verfahren gegen große Tech‑Unternehmen. Was im Kartellrecht über Jahre hinweg entwickelt wurde, ist nun im DMA detailliert festgeschrieben.
+Prozedurale Überschneidungen
+Aufgrund dieser inhaltlichen Überschneidungen ist es nicht ausgeschlossen, dass ein und dieselbe Verhaltensweise sowohl auf Basis des DMA als auch nach Art 102 AEUV verfolgt und ggf (doppelt) sanktioniert wird. So können etwa die Bevorzugung eigener Angebote in Rankings (s dazu Blogbeitrag vom 01.12.2025), Einschränkungen bei der Deinstallation vorinstallierter Apps oder die Zusammenführung von Daten ohne Zustimmung zugleich unter Art 102 AEUV als auch unter die Vorgaben des DMA fallen.
+Die Zulässigkeit – oder eben Unzulässigkeit – solcher Mehrfachverfolgungen bzw -bestrafungen richtet sich dabei nach dem hier interessierenden Doppelbestrafungsverbot (ne bis in idem-Grundsatz). Interesse geweckt? Diese Fragestellung wird in der Masterarbeit ausführlich analysiert und beantwortet.</t>
+  </si>
+  <si>
+    <t>Digital Markets Act, DMA, Kartellrecht, Wettbewerbsrecht, Doppelbestrafungsverbot, Ne bis in idem, Art 102 AEUV, Marktmachtmissbrauch, Gatekeeper, Google, Facebook</t>
+  </si>
+  <si>
     <t>Projekt Call #20</t>
   </si>
   <si>
-    <t>Blog</t>
-[...200 lines deleted...]
-    <t>cyberphysische Systeme, Distributed Systems, Network Security</t>
+    <t>Demokratiebildung nimmt Fahrt auf!</t>
+  </si>
+  <si>
+    <t>aula verzeichnet weitere Schulen</t>
+  </si>
+  <si>
+    <t>Demokratiebildung lebt vom Mitmachen und genau hier setzt aula an. In den vergangenen Wochen hat das Projekt spürbar an Dynamik gewonnen.</t>
+  </si>
+  <si>
+    <t>Immer mehr Schulen interessieren sich für aula: Durch gezielte Ansprache und Netzwerkarbeit steigt die Nachfrage spürbar. Ein Highlight ist das Webinar am 27. April im Rahmen der Aktionstage Politische Bildung 2026. Auch praktisch zeigt sich der Fortschritt: Die erste Schule arbeitet bereits eigenständig mit der aula-Plattform.</t>
+  </si>
+  <si>
+    <t>Ein entscheidender Erfolgsfaktor war dabei die gezielte Ansprache über verschiedene Kanäle unserer engagierte Bildungspartner*innen und Mitarbeiterinnen. Ob über persönliche Netzwerke, direkte Kontaktaufnahme zu Schulen und Lehrkräfte oder digitale Kommunikationskanäle - aula wurde sichtbar gemacht und hat weitere Schulen erreicht. Das Ergebnis: Interessierte Lehrkräfte melden sich aktiv, zeigen Interesse und möchten Beteiligung in ihrer Schule leben. Ein klares Zeichen dafür, dass der Bedarf nach praxisnaher Demokratiebildung besteht.
+Ein weiterer Meilenstein war die Einbindung von aula in die Aktionstage Politische Bildung (23. April bis 9. Mai 2026). Das aula-Team stellt am 27. April das Projekt im Rahmen eines Webinars vor. Dabei steht ein Austausch mit Lehrkräften zu den Inhalten und Zielen des Projektes im Vordergrund. Solche Formate tragen wesentlich dazu bei, Unsicherheiten abzubauen und Lust auf eine gemeinsame Umsetzung zu machen.
+Besonders erfreulich: Die erste Schule im Projekt hat bereits den nächsten großen Schritt gemacht und arbeitet nun eigenständig mit der aula-Onlineplattform. Zuvor wurde sie intensiv begleitet, unter anderem durch Workshops und eine gemeinsam durchgeführte aula-Stunde.
+Das Projekt steht damit an einem spannenden Punkt. Die steigende Nachfrage, die wachsenden Netzwerkarbeit und die erste Schule, die erfolgreich in die Selbstständigkeit starten, machen deutlich: aula wirkt. Und vor allem, aula wächst.</t>
+  </si>
+  <si>
+    <t>#Democracy #school</t>
+  </si>
+  <si>
+    <t>20.03.2026</t>
+  </si>
+  <si>
+    <t>PhD Thesis Defense: Bringing an Interdisciplinary Lens to IoT Security</t>
+  </si>
+  <si>
+    <t>From IoT companion apps and exposed cloud backends to smart TV tracking and user risk perceptions, an interdisciplinary study of where IoT security breaks down, and how to fix it.</t>
+  </si>
+  <si>
+    <t>On 24 February 2026, I defended my PhD thesis on IoT security and privacy. The research combines system-level analysis (IoTFlow on ~10,000 Android companion apps), large-scale Internet measurements of MQTT/CoAP/XMPP backends, coordinated vulnerability disclosure with the Dutch NCSC, HbbTV privacy analysis across Europe, and a user study with 213 participants.</t>
+  </si>
+  <si>
+    <t>On 24 February 2026, I successfully defended my PhD thesis on security and privacy challenges in the Internet of Things (IoT). The work brings together systems security, large-scale Internet measurement, and user-centered research to better understand where IoT ecosystems fail and what we can do about it.
+Below is a short overview of the thesis, including an excerpt from the abstract.
+Why this thesis matters
+IoT devices are everywhere: in our homes, cars, and cities. Yet security and privacy protections often lag behind adoption. Vulnerabilities can appear in many places, not only within devices themselves but also in companion apps, cloud backends, smart TV ecosystems, and even in how users perceive and manage risk. My thesis tackles these challenges end-to-end, combining technical analyses with insights into human behavior and oversight gaps.
+What I studied
+1) Mapping real-world IoT app behavior with IoTFlow
+A major part of the work introduces IoTFlow, a static analysis technique for Android IoT companion apps at scale. Using IoTFlow, we examined nearly 10,000 apps to reconstruct device communication endpoints and uncover insecure practices such as hardcoded credentials and exposed test interfaces.
+2) Measuring IoT backends on the public Internet
+Building on IoTFlow's findings, we expand the scope to the infrastructure behind IoT systems. We conducted a large-scale assessment of IoT backends across common protocols, MQTT, CoAP, and XMPP. We uncovered widespread issues including data leaks, weak authentication schemes, and denial-of-service threats.
+3) Coordinated disclosure at scale
+To translate findings into real-world improvements, we initiated a coordinated vulnerability disclosure process with the Dutch National Cyber Security Centre (NCSC). This included notifying thousands of affected operators and tracking remediation outcomes, revealing major gaps in how IoT security is monitored and enforced.
+4) Privacy risks in Hybrid Broadcast Broadband TV (HbbTV)
+Beyond "traditional IoT," the thesis also investigates smart TV ecosystems. I examined HbbTV privacy risks across five European countries, finding pervasive tracking and frequent policy non-compliance within smart TV channels.
+5) Connecting the technical and human perspective
+Finally, we explore how people understand and respond to IoT risks. In a two-part user study, I first built an expert-driven categorization of IoT devices and then ran a survey with 213 participants. The results show clear mismatches between perceived risk and actual security behavior across device categories.
+What's next
+Defending the thesis was a big milestone. IoT security isn't a single bug or a single patch. It's an ecosystem problem, spanning technology, incentives, and user realities. I hope that this work helps push both practical defenses and policy discussions in a direction that actually reduces harm for end users.</t>
+  </si>
+  <si>
+    <t>18.03.2026</t>
+  </si>
+  <si>
+    <t>Analyzing and Understanding the Internet of Insecure Things</t>
+  </si>
+  <si>
+    <t>Research into the security of IoT devices and analysis of their vulnerabilities in order to better understand the “Internet of Insecure Things” and make it more secure.</t>
+  </si>
+  <si>
+    <t>Internet of Things (IoT) devices are now common in homes, assisting with daily tasks while collecting large amounts of user and environmental data. As these devices often lack interfaces, mobile companion apps provide key functionality, but also pose privacy and security risks. My research investigates how IoT devices, apps, backends, and protocols operate, whether safeguards exist, and where privacy may be compromised. In one study, we analyzed the HbbTV protocol used in smart TVs and found personal data was collected before user consent in several European countries. We then examined 3k companion apps, identifying sensitive data exposures, including default credentials allowing access to all users of a health bracelet. Next, we assessed backend systems at scale, uncovering widespread misconfigurations, weak cryptography, and data leakage. Finally, we explored the challenges of coordinated vulnerability disclosure, balancing public safety with researcher and vendor responsibilities.</t>
+  </si>
+  <si>
+    <t>Dissertation | PhD</t>
+  </si>
+  <si>
+    <t>CC-BY</t>
+  </si>
+  <si>
+    <t>Client Server Applikation, mobile Apps Android, Python</t>
+  </si>
+  <si>
+    <t>Network Security, Sicherheit | Privacy | Überwachung</t>
   </si>
   <si>
     <t>Technische Universität Wien</t>
   </si>
   <si>
-    <t>PX4 Autopilot</t>
-[...73 lines deleted...]
-    <t>30.01.2026</t>
+    <t>Techniker:innen</t>
+  </si>
+  <si>
+    <t>Paper, Dissertation | PhD</t>
+  </si>
+  <si>
+    <t>Hardware Design for Post-Quantum Cryptography and Homomorphic Encryption</t>
+  </si>
+  <si>
+    <t>The project develops hardware for post-quantum cryptography to ensure secure key establishment, and also investigates homomorphic encryption for enabling privacy-preserving computation in the future.</t>
+  </si>
+  <si>
+    <t>As quantum computing continues to advance, many of the cryptographic systems currently in wide use-such as RSA and ECC-will become vulnerable. In anticipation of this transition, this project focuses on developing dedicated hardware support for post-quantum cryptography, or PQC, aimed at making prospective digital systems secure against powerful quantum computing capabilities.
+The core of this work is centred on efficient, secure hardware architectures for PQC algorithms based on lattices- Kyber, Sabre, Dilithium, which are well-known for their strong security but also for their high computational requirements. The primary objective of this project is to significantly enhance performance, reduce energy consumption, and increase resistance to implementation-level attacks, such as through the design of accelerators and optimised datapaths in these algorithms.
+This complements the work towards examining how future secure hardware might also enable privacy-preserving computation without exposing sensitive data, using techniques like Fully Homomoprhic Encryption. The overall goal of the project is to take a step towards developing practical, future-proof hardware foundations that enable next-generation cryptography to be usable at scale, facilitating seamless migration in the post-quantum era.</t>
+  </si>
+  <si>
+    <t>Client Server Applikation, FPGA</t>
+  </si>
+  <si>
+    <t>Sicherheit | Privacy | Überwachung</t>
+  </si>
+  <si>
+    <t>Technische Universität Graz</t>
+  </si>
+  <si>
+    <t>PQC/FHE Scheme Specifications and their open-sourced software libraries</t>
+  </si>
+  <si>
+    <t>Summary, Dissertation | PhD</t>
+  </si>
+  <si>
+    <t>17.03.2026</t>
+  </si>
+  <si>
+    <t>Let's get this party started!</t>
+  </si>
+  <si>
+    <t>Unsere neuesten Fortschritte bei RxAngular</t>
+  </si>
+  <si>
+    <t>Mit voller Energie sind wir ins Jahr 2026 und damit in unser durch die netidee gefördertes Projekt gestartet. Seit Jänner haben wir bereits bedeutende Meilensteine erreicht, um RxAngular noch leistungsfähiger und zugänglicher zu machen. Ein großes Dankeschön geht an Michael, Julian, Enea und besonders Kirill für ihren intensiven Einsatz in den letzten Wochen!</t>
+  </si>
+  <si>
+    <t>Wir sind stolz unsre ersten Ergebnisse präsentieren zu können:
+1. Meilenstein: Release von Version 21 &amp; Angular Kompatibilität
+Ein riesiger Schritt war der Release von RxAngular v21.
+	Full Support: Wir haben die gesamte Library auf die neueste Angular-Version (v21) gehoben.
+	Stable Releases: Besonders stolz sind wir darauf, dass VirtualViews und VirtualScrolling nun offiziell als stabile Versionen vorliegen.
+	Public API Refinement: Wir haben die Typisierung geschärft und die API-Oberfläche vereinfacht, um den Einstieg für neue Entwickler:innen so hürdenfrei wie möglich zu gestalten.
+2. Funktionale Highlights &amp; Browser-APIs
+Wir haben gezielte Verbesserungen vorgenommen, um die Performance und Flexibilität weiter zu steigern:
+	IntersectionObserver Update: Wir haben die Unterstützung für die neue scrollMargin API hinzugefügt. Dies erlaubt eine noch präzisere Steuerung darüber, wann Views im Viewport "erwachen", was besonders bei komplexen Layouts mit Sticky-Headern oder Overlays entscheidend ist.
+	SSR &amp; Kompatibilität: Die VirtualViews sind nun voll SSR-kompatibel (Server-Side Rendering).
+	Interaktivität: Ein neues Output-Event für den VisibilityState ermöglicht es euch, direkt auf Sichtbarkeitsänderungen zu reagieren und eigene Logik daran zu knüpfen.
+	Konfigurierbare Render-Strategien: Über die API lassen sich nun Render-Strategien noch flexibler konfigurieren (PR #1907).
+3. Dokumentation &amp; Live-Demos
+Technologie ist nur so gut wie ihre Erklärbarkeit. Deshalb haben wir:
+	Die Dokumentation komplett modernisiert, um Struktur und Sichtbarkeit zu verbessern.
+	Neue Public Best Practices Demos erstellt. Hier zeigen wir live, wie RxAngular (Virtual Scrolling, RxLet, RxFor, Virtual View) in realen Szenarien Bestleistungen erzielt.
+https://www.rx-angular.io/docs/template/virtual-scrolling#demo
+https://www.rx-angular.io/docs/template/rx-let-directive#resources 
+https://www.rx-angular.io/docs/template/rx-for-directive#resources 
+-----------------------------------------------------------------------------------------------------------------
+Ein Blick nach vorne: Was kommt als Nächstes?
+Das Projekt steht erst am Anfang. Aktuell arbeiten wir bereits an:
+	Instant Navigations: Algorithmen für intelligentes Vorladen von Inhalten für verzögerungsfreie Übergänge.
+	esbuild Bundle Optimizer: Ein Tool, das das Code-Splitting optimiert und eure Bundles noch kleiner macht.
+RxAngular in der Community
+Wir sind auch vor Ort aktiv!
+	März: Wir unterstützen das Angular Vienna Meetup als Sponsor.
+	April: Julian und Michael reisen zur ng-India, um unsere Fortschritte und die Arbeit am Projekt auf der großen Bühne zu präsentieren.
+Wir freuen uns sehr auf die nächsten Schritte und darauf, die Web-Performance gemeinsam mit euch auf das nächste Level zu heben!
+Euer RxAngular Team
+-----------
+Technische Details im Überblick:
+	Release v21: Kompatibilität mit der aktuellsten Angular Version.
+	Stable: @rx-angular/template/virtual-scrolling &amp; virtual-views.
+	Features: scrollMargin Support, VisibilityState Output, SSR Compatibility.</t>
+  </si>
+  <si>
+    <t>16.03.2026</t>
+  </si>
+  <si>
+    <t>eqREADER</t>
+  </si>
+  <si>
+    <t>E-Reader mit Gebärdensprach-Tooltip</t>
+  </si>
+  <si>
+    <t>Seit Juni 2025 müssen E-Books barrierefrei sein – aber für gehörlose Menschen hat sich wenig geändert. Wir bauen einen E-Reader, der Schriftsprache mit Gebärdensprache verbindet. Hier ist unser Zwischenstand.</t>
+  </si>
+  <si>
+    <t>E-Books sind „barrierefrei" – aber nicht für Gehörlose. Der eqREADER erkennt Wörter automatisch und zeigt Gebärdensprach-Videos. Die erste Version läuft.</t>
+  </si>
+  <si>
+    <t>{"preview_thumbnail":"/sites/default/files/styles/video_embed_wysiwyg_preview/public/video_thumbnails/1173805045.jpg.webp?itok=RNbOSdLb","video_url":"https://vimeo.com/1173805045/9ed438ba94","settings":{"responsive":1,"width":"854","height":"480","autoplay":0},"settings_summary":["Embedded Video (Responsive)."]}
+Das Problem: Barrierefreiheit ohne Gebärdensprache
+Mit dem Barrierefreiheitsstärkungsgesetz (BaFG) müssen E-Books seit Juni 2025 barrierefrei sein. Verlage reagieren – aber fast ausschließlich mit Maßnahmen für blinde und sehbehinderte Menschen: Screenreader-Kompatibilität, anpassbare Schriftgrößen, Alternativtexte für Bilder.
+Für gehörlose und schwerhörige Menschen, deren Erstsprache eine Gebärdensprache ist, ändert sich dadurch wenig. Geschriebenes Deutsch bleibt für viele eine Fremdsprache. Es fehlt ein Werkzeug, das beim Lesen unterstützt – nicht durch Vorlesen, sondern durch Gebärdensprache.
+Die Idee: Tooltips im Lesefluss
+Der eqREADER erkennt beim Lesen eines E-Books automatisch Wörter, für die ein Gebärdensprach-Video vorhanden ist, und hebt sie hervor. Ein Tipp auf das Wort öffnet ein kurzes Video mit der entsprechenden Gebärde – direkt im Lesefluss, ohne Kontextwechsel.
+Das funktioniert bereits: Man lädt ein EPUB hoch, der Text wird analysiert, und nach wenigen Sekunden sind die erkannten Wörter hervorgehoben. Das Ergebnis fühlt sich an wie ein integriertes Gebärdensprach-Wörterbuch, das mitliest.
+Drei Services, ein Ziel
+Hinter der einfachen Oberfläche steckt eine Microservice-Architektur:
+Frontend (Angular): Rendert EPUB-Dateien direkt im Browser. Hervorgehobene Wörter sind anklickbar und öffnen ein Video-Overlay mit der Gebärde.
+Backend (Node.js): Koordiniert die Kommunikation, verwaltet die Zuordnung von Wörtern zu Videos und liefert die Gebärdensprach-Videos aus.
+NLP-Service (Python/FastAPI): Das Herzstück der Texterkennung. Ein spaCy-Sprachmodell für Deutsch analysiert den Buchtext und führt Wörter auf ihre Grundform zurück (Lemmatisierung). So wird z.B. „gelaufen" korrekt dem Video für „laufen" zugeordnet, „Häusern" dem Video für „Haus". Ohne diese linguistische Analyse würden nur exakt geschriebene Wörter erkannt – und damit ein Großteil des Textes übersehen.
+Kein E-Book bleibt auf dem Server
+Ein zentraler Designentscheid, den wir früh getroffen und durch ein Rechtsgutachten absichern haben lassen: Der eqREADER speichert keine E-Book-Inhalte. Nutzer:innen bringen ihre eigenen E-Books mit (Bring Your Own E-Book). Der Server speichert nur die Gebärdensprach-Videos und die Wort-Video-Zuordnung. Der Buchinhalt wird zur Analyse verarbeitet, aber nicht dauerhaft gespeichert. Das ist datenschutzfreundlich und urheberrechtlich der sicherste Ansatz.
+Ausblick
+Die Grundlage steht und die ersten Tooltips funktionieren. Aber ein deutsches Wort kann je nach Kontext verschiedene Bedeutungen haben – „Bank" als Sitzgelegenheit oder als Geldinstitut, „Schloss" als Gebäude oder als Türschloss. Dafür braucht es kontextsensitive Erkennung, an der wir als Nächstes arbeiten. Parallel bauen wir den Gebärdensprach-Videokorpus weiter aus. Mehr dazu im nächsten Update.</t>
+  </si>
+  <si>
+    <t>15.03.2026</t>
+  </si>
+  <si>
+    <t>Secure and Efficient Implementations of Post-Quantum Cryptographic Algorithms</t>
+  </si>
+  <si>
+    <t>Final Blog Post</t>
+  </si>
+  <si>
+    <t>Wrapping Up the Project: What We Learned from Designing Hardware for Post-Quantum Cryptography and Homomorphic Encryption</t>
+  </si>
+  <si>
+    <t>In the kickoff blog post for this project, I introduced the idea behind “Hardware Design for Post-Quantum Cryptography and Homomorphic Encryption.” At the time, the goal was fairly straightforward: explore how new cryptographic technologies could be supported through efficient and secure hardware design.
+Over the course of the project, that question turned into a deeper exploration of what it actually takes to bring next-generation cryptography closer to real-world systems. Now that the project has reached its conclusion, this post takes a step back to summarize what we worked on and what we learned along the way.</t>
+  </si>
+  <si>
+    <t>In the kickoff blog post for this project, I introduced the idea behind "Hardware Design for Post-Quantum Cryptography and Homomorphic Encryption." At the time, the goal was fairly straightforward: explore how new cryptographic technologies could be supported by efficient, secure hardware design.
+Over the course of the project, that question turned into a deeper exploration of what it actually takes to bring next-generation cryptography closer to real-world systems. Now that the project has concluded, this post steps back to summarise what we worked on and what we learned along the way.
+Building Efficient Hardware for Post-Quantum Cryptography
+A large part of the project focused on designing hardware architectures for lattice-based post-quantum cryptographic algorithms. These algorithms are among the leading candidates emerging from the NIST post-quantum standardisation process. They are expected to gradually replace many of the classical public-key cryptographic systems currently used on the internet.
+One interesting challenge we encountered early on was that implementing each algorithm separately in hardware would quickly become inefficient. Instead, we explored the idea of unified architectures- hardware designs that can support multiple cryptographic schemes using shared computational components.
+By carefully reusing building blocks such as polynomial arithmetic units and memory structures, these designs allow several algorithms to run on the same hardware platform. This reduces hardware complexity and improves efficiency, while also keeping the system flexible enough to adapt to evolving cryptographic standards.
+This kind of flexibility is particularly important for embedded systems and other constrained environments where both performance and hardware resources are limited.
+Making Hardware Implementations More Secure
+Efficiency alone is not enough when designing cryptographic systems. Even if an algorithm is mathematically secure, its physical implementation may still leak information.
+For example, attackers can sometimes observe patterns in power consumption or timing behaviour while a device performs cryptographic operations. These so-called side-channel attacks have been used in practice to extract secret keys from poorly protected systems.
+To address this risk, the project focused on lightweight protection mechanisms for polynomial arithmetic, a core component of many lattice-based cryptographic algorithms. The goal was to introduce protective measures that reduce information leakage while maintaining hardware efficiency.
+Balancing security and performance is always tricky, but developing such protections is essential if these cryptographic systems are to be used in real-world devices.
+Exploring Hardware Acceleration for Homomorphic Encryption
+While secure communication is a major use case for cryptography, there is also growing interest in protecting data during computation. This is where Fully Homomorphic Encryption (FHE) comes into play.
+FHE allows computations to be performed directly on encrypted data. In principle, this means that a cloud server could process sensitive information without ever seeing the actual data. Applications like privacy-preserving machine learning or confidential data analytics become possible under this model.
+The downside is that FHE operations are extremely computationally expensive.
+During the project, we therefore explored ways to accelerate homomorphic encryption using hardware. One particularly interesting direction is chiplet-based architectures, where workloads are distributed across multiple smaller processing units rather than relying on a single large chip.
+This approach can improve scalability and parallelism while also making hardware development more manageable.
+Understanding the Security Perspective
+Another important part of the work involved analysing these systems from an attacker's perspective.
+Cryptographic research is not only about designing secure systems- it is also about understanding how they might fail. During the project, we investigated possible implementation-level attack scenarios, including fault attacks and other vulnerabilities that could arise in practical systems.
+Analysing these attacks helps reveal potential weaknesses early and allows designers to strengthen their systems before deployment. In this sense, security analysis is an essential complement to architectural design.
+Connecting Research with Practical Systems
+Looking back, the project touched several aspects of modern cryptographic system design:
+	efficient hardware architectures for post-quantum cryptography
+	protection mechanisms against side-channel attacks
+	hardware acceleration strategies for homomorphic encryption
+	insights into practical security challenges in cryptographic implementations
+Together, these efforts help narrow the gap between theoretical cryptographic research and practical deployment.
+Final Thoughts
+The transition toward post-quantum cryptography is already underway, and privacy-preserving computation is becoming increasingly important as more data moves to cloud environments. Making these technologies practical will require advances not only in algorithms but also in system design and hardware implementation.
+This project was a small step toward that goal. It highlighted both the opportunities and challenges of bringing advanced cryptographic techniques into real-world computing systems.
+There is still a lot of work ahead. Still, the progress made here shows that carefully designed hardware architectures can play a key role in enabling secure, efficient cryptographic systems in the future.
+Thank you for following the journey of this project.</t>
+  </si>
+  <si>
+    <t>13.03.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -755,73 +775,73 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="195.667" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="18" max="18" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="212.234" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="246.511" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="426.896" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="639.273" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="1178.427" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="16.425" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="25" max="25" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -914,495 +934,513 @@
       <c r="N2"/>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
       <c r="B3">
-        <v>7723</v>
+        <v>7709</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>33</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
         <v>34</v>
       </c>
       <c r="L3"/>
-      <c r="M3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M3"/>
       <c r="N3"/>
       <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3"/>
+      <c r="Q3" t="s">
         <v>36</v>
       </c>
-      <c r="P3" t="s">
-[...2 lines deleted...]
-      <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
-      <c r="U3"/>
-      <c r="V3"/>
+      <c r="U3" t="s">
+        <v>37</v>
+      </c>
+      <c r="V3" t="s">
+        <v>38</v>
+      </c>
       <c r="W3"/>
       <c r="X3"/>
-      <c r="Y3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y3"/>
       <c r="Z3"/>
-      <c r="AA3"/>
+      <c r="AA3" t="s">
+        <v>39</v>
+      </c>
       <c r="AB3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4">
-        <v>7820</v>
+        <v>7709</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
-      <c r="Y4"/>
+      <c r="Y4" t="s">
+        <v>46</v>
+      </c>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5">
-        <v>7761</v>
+        <v>8039</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="N5"/>
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
-      <c r="Y5"/>
+      <c r="Y5" t="s">
+        <v>53</v>
+      </c>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
-        <v>7977</v>
+        <v>7820</v>
       </c>
       <c r="C6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
-      <c r="Y6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
-        <v>7730</v>
+        <v>7820</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="L7"/>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M7"/>
       <c r="N7"/>
       <c r="O7" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7"/>
+      <c r="Q7" t="s">
+        <v>62</v>
+      </c>
+      <c r="R7" t="s">
+        <v>63</v>
+      </c>
+      <c r="S7" t="s">
+        <v>64</v>
+      </c>
+      <c r="T7" t="s">
+        <v>65</v>
+      </c>
+      <c r="U7" t="s">
+        <v>66</v>
+      </c>
+      <c r="V7" t="s">
+        <v>67</v>
+      </c>
+      <c r="W7"/>
+      <c r="X7" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y7"/>
+      <c r="Z7"/>
+      <c r="AA7" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB7" t="s">
         <v>59</v>
-      </c>
-[...14 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8">
-        <v>7905</v>
+        <v>7710</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="P8"/>
       <c r="Q8" t="s">
+        <v>72</v>
+      </c>
+      <c r="R8" t="s">
+        <v>63</v>
+      </c>
+      <c r="S8" t="s">
         <v>64</v>
       </c>
-      <c r="R8" t="s">
-[...2 lines deleted...]
-      <c r="S8"/>
       <c r="T8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="U8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="V8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="W8" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
-      <c r="AA8"/>
+      <c r="AA8" t="s">
+        <v>77</v>
+      </c>
       <c r="AB8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9">
-        <v>7905</v>
+        <v>7996</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="P9" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
         <v>2025</v>
       </c>
       <c r="B10">
-        <v>7940</v>
+        <v>8048</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11">
-        <v>8039</v>
+        <v>7710</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="N11" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">