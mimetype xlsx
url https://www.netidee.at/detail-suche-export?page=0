--- v0 (2025-11-03)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,310 +98,340 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
-    <t>Event netidee</t>
-[...10 lines deleted...]
-  <si>
     <t>Blog netidee</t>
   </si>
   <si>
-    <t>Das Eventvideo zum netidee Talk 2024</t>
-[...12 lines deleted...]
-    <t>Projekt Call #19</t>
+    <t>netidee Talk 2025 und 20 Jahre netidee Förderungen in Bilder</t>
+  </si>
+  <si>
+    <t>Am 20.11.2025 fand im Rahmen des Talks die Vorstellung der neuen Geförderten statt. Das war der netidee Talk in Bildern.
+Hier können alle Bilder in hoher Auflösung heruntergeladen werden: https://www.flickr.com/photos/197062710@N06/albums/72177720330515480/</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>Stipendium Call #20</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>KI und öffentliche Beschaffung: Ein Thema ist angekommen – aber wohin entwickelt es sich?</t>
+  </si>
+  <si>
+    <t>KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart</t>
+  </si>
+  <si>
+    <t>Der Beitrag beleuchtet aktuelle Entwicklungen an der Schnittstelle von KI und öffentlicher Beschaffung. Erzeigt internationale Beispiele, unterschiedliche Positionen und laufende regulatorische Prozesse auf.</t>
+  </si>
+  <si>
+    <t>Zu Jahresbeginn 2025 war die Verbindung zwischen Künstlicher Intelligenz und öffentlicher Beschaffung in der Fachliteratur noch eher dünn. Einzelne Pilotprojekte und politische Ankündigungen existierten zwar bereits, doch eine breitere, systematische Auseinandersetzung blieb zunächst aus. Das änderte sich deutlich: es häufen sich nunmehr (wissenschaftliche) Beiträge, (Policy-)Papiere, Studien und Debatten. Das Thema ist (mit sehr unterschiedlichen Deutungen) angekommen.
+Dabei lohnt es sich, zwei Ebenen auseinanderzuhalten, die in der aktuellen Diskussion oft vermischt werden: Zum einen geht es um die digitale Transformation des Beschaffungswesens selbst, also den Einsatz von Technologien zur Unterstützung oder Automatisierung von Vergabeprozessen. Zum anderen die öffentliche Beschaffung von KI-Systemen für andere staatliche Zwecke. Beide Aspekte entwickeln sich dynamisch und bringen jeweils eigene Chancen und Risiken mit sich.
+Ein viel zitiertes Beispiel lieferte Albanien. Im Jänner 2025 kündigte die Regierung die Einführung eines KI-Assistenten für die öffentliche Beschaffung an. „Diella“, integriert in die staatliche Plattform eAlbania, soll Ausschreibungen analysieren und schrittweise Entscheidungen vorbereiten oder treffen. Edi Rama erklärte laut Guardian, es sei das Ziel, öffentliche Vergaben vollständig frei von Korruption zu machen, indem menschliche Ermessensspielräume reduziert und durch algorithmische Bewertungen ersetzt werden. Gerade in einem Land, in dem öffentliche Aufträge lange als besonders korruptionsanfällig galten, wird KI hier als Hoffnungsträger dargestellt.
+Ganz anders fällt der Ton zum Teil in der US-amerikanischen Literatur aus. In ihrem Artikel „Buying Blind: Corruption Risk and the Erosion of Oversight in Federal AI Procurement“ zeichnet die Rechtswissenschaftlerin Tillipman ein deutlich skeptischeres Bild. Ihre zentrale These ist dabei nicht, dass KI grundsätzlich ungeeignet für den öffentlichen Sektor wäre. Im Gegenteil: Sie erkennt an, dass KI-Effizienzgewinne bringen, Prozesse standardisieren und potenziell auch Korruptionsrisiken reduzieren kann.
+Ihre Kritik setzt jedoch an der Art und Weise der Beschaffung an. Tillipman argumentiert, dass in den USA KI-Systeme zunehmend über beschleunigte, kommerzielle Beschaffungswege, oft ohne ausreichende Transparenz über Trainingsdaten, Funktionsweise oder Entscheidungslogiken einkauft werden. Governance werde dabei faktisch „in den Vertrag ausgelagert“, während klassische Kontrollmechanismen wie Audit-Rechte, Nachvollziehbarkeit oder unabhängige Überprüfung geschwächt würden. Besonders problematisch ist aus ihrer Sicht, dass diese Defizite bereits in der Beschaffungsphase strukturell verankert werden. Wer KI „blind“ einkauft, übernimmt langfristig auch deren Risiken: Automatisierungsbias, Abhängigkeiten von einzelnen Anbietern, eingeschränkte Korrekturmöglichkeiten und eine schleichende Erosion menschlicher Aufsicht. Governance und Innovation seien dabei kein Gegensatz – vielmehr sei funktionierende Governance Voraussetzung für nachhaltige Innovation.
+Während Albanien KI also explizit als Anti-Korruptionsinstrument positioniert, warnt etwa Tillipman davor, dass schlecht regulierte KI-Beschaffung selbst neue, schwer erkennbare Formen struktureller Korruption begünstigen kann. Zwei Kontexte, zwei Narrative, dieselbe Technologie. Dieses Spannungsfeld wird durch die rasante technische Entwicklung bis ins Extreme weiter zugespitzt. Ein brandaktuelles Beispiel ist OpenClaw, ein von einem Österreicher erschaffener Open-Source-KI-Agent, der nicht nur analysiert oder Texte generiert, sondern eigenständig Aufgaben ausführt („AI that actually does things“).
+Parallel dazu laufen auch auf europäischer Ebene relevante Prozesse: Die Europäische Kommission hat kürzlich die öffentliche Konsultation  zur Überarbeitung der EU-Vergaberichtlinien geschlossen. Außerdem gewinnen geopolitische Überlegungen zunehmend an Bedeutung, etwa im Zusammenhang mit digitaler Souveränität, Cloud-Infrastrukturen und der strategischen Abhängigkeit von außereuropäischen KI-Anbietern.
+Was sich derzeit jedenfalls klar sagen lässt: KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart. Ob sie primär als Instrument für mehr Integrität oder als Katalysator neuer Risiken wirkt, hängt weniger von der Technologie selbst ab als von den institutionellen, rechtlichen und politischen Rahmenbedingungen. Zahlreiche Fragen sind offen, und machen das Thema derzeit so spannend wie umstritten.</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Public Procurement</t>
+  </si>
+  <si>
+    <t>05.02.2026</t>
+  </si>
+  <si>
+    <t>Projekt Call #20</t>
+  </si>
+  <si>
+    <t>DSA-Monitor: Kick Off des Projektes</t>
+  </si>
+  <si>
+    <t>Ein Analyse- und Wissens-Hub für wirksames DSA-Enforcement</t>
+  </si>
+  <si>
+    <t>Betrug, Desinformation, problematische Werbung oder Hatespeech: Viele Risiken sind bekannt, aber oft schwer belegbar und regulatorisch schwer greifbar. DSA-Monitor bündelt Praxiswissen, bereitet es evidenzbasiert auf und stärkt so die DSA-Durchsetzung – mit Fokus auf Jugendliche und Trusted Flagger.</t>
+  </si>
+  <si>
+    <t>Illegale Inhalte und problematische Praktiken gehören für viele Nutzer:innen zum Alltag auf Plattformen wie Facebook, Instagram, TikTok &amp; Co.: Von betrügerischen Angeboten und Hate Speech über Desinformation bis hin zu riskanten Design- und Werbepraktiken, die besonders Kinder und Jugendliche treffen können. Gleichzeitig bleiben viele Mechanismen hinter diesen Phänomenen schwer greifbar – etwa weil Plattformlogiken und Algorithmen oft intransparent sind und sich Risiken dynamisch verändern.
+Digital Services Act als Werkzeug zur Rechtsdurchsetzung
+Mit dem Digital Services Act (DSA) hat die EU erstmals einen europaweit einheitlichen Rechtsrahmen geschaffen, der große Plattformen stärker in die Verantwortung nimmt und klare Pflichten zur Risikominimierung und Transparenz festlegt. Plattformen mit mehr als 45 Mio. aktiven Nutzer:innen in der EU – sogenannte Very Large Online Platforms (VLOPs) – müssen u.a. systemische Risikoanalysen durchführen, Maßnahmen zur Minimierung dieser implementieren sowie Mechanismen zur effektiven Meldung illegaler Inhalte bereitstellen. Dass der DSA bereits konkret Wirkung entfaltet, zeigt ein Blick auf die laufende Umsetzung und erste Verfahren: So hat die Europäische Kommission formelle Verfahren gegen Plattformen wie TikTok und Meta (Facebook/Instagram) eingeleitet — etwa wegen mutmaßlicher Verstöße gegen Transparenz- und Meldepflichten. 
+In der DSA-Umsetzung zeigt sich allerdings eine wiederkehrende Lücke zwischen bekannten Problemen und belastbarer Evidenz: Bei vielen DSA-relevanten Risiken, wie etwa algorithmisch verstärkte Inhalte oder jugendschutzrelevante Desinformation, fehlen systematische, unabhängige Daten. Häufig gibt es Praxiserfahrungen, aber zu wenig systematische Aufbereitung, die für Aufsicht und Durchsetzung nutzbar sind. Begrenzte Ressourcen führen dazu, dass Wissen bisher oft nur ad hoc weitergegeben werden kann. Gleichzeitig wenden sich Behörden seit dem Inkrafttreten des DSA immer häufiger mit DSA-relevanten Fragestellungen an zivilgesellschaftliche Akteur:innen - so auch an uns, das Österreichische Institut für Angewandte Telekommunikation (ÖIAT). 
+ÖIAT als Sensor im Feld
+Das ÖIAT ist seit 1997 eine zentrale Anlaufstelle für genau diese Akteur:innen, wenn es um die digitale Sicherheit geht. Mit unseren Initiativen - wie Saferinternet.at, Watchlist Internet, Internet Ombudsstelle und der Servicestelle digitaleSenior:innen - und der damit einhergehenden Zielgruppennähe fungieren wir als Sensor im Feld für digitale Risiken in Österreich. Zugleich zählen wir zu den ersten Trusted Flaggern Österreichs und können als solche gemäß des DSA Inhalte prioritär an VLOPs melden.
+Diese Position wollen wir nutzen und schaffen mit DSA-Monitor ein zentrales Analyse- und Wissens-Hub, um die Lücke zwischen Praxiswissen und systematischer Evidenz zu schließen. Ziel ist es, fundierte, evidenzbasierte Erkenntnisse so aufzubereiten, dass sie für die digitale Plattformaufsicht und andere DSA-Stakeholder direkt nutzbar werden – und damit die wirksame Umsetzung des DSA in Österreich unterstützen. Der Fokus liegt dabei auf zwei Themenfelder: Strukturelle Hürden für Trusted Flagger sowie Kinder- und Jugendschutz. Ergänzend entsteht ein Toolkit, das Trusted Flagger in ihrer (Zusammen-)Arbeit unterstützen soll. 
+Im Jänner fand der Kick-off des Projekts DSA-Monitor statt. In den kommenden Monaten arbeiten wir daran, bestehende Wissenslücken zu schließen, praxisrelevante Evidenz aufzubereiten und damit einen konkreten Beitrag zur wirksamen Umsetzung des Digital Services Act in Österreich zu leisten.</t>
+  </si>
+  <si>
+    <t>Digital Service Act, Trusted Flagger, Social Media</t>
   </si>
   <si>
     <t>Community Project</t>
   </si>
   <si>
-    <t>HaSPI</t>
-[...136 lines deleted...]
-    <t>Distributed Systems</t>
+    <t>DroneLink</t>
+  </si>
+  <si>
+    <t>DroneLink schafft Kommunikation dort, wo Netze fehlen. Drohnen bauen innerhalb kürzester Zeit unabhängige, breitbandige Funkverbindungen auf – offen, nachbaubar und ideal für Forschung und Kriseneinsätze.</t>
+  </si>
+  <si>
+    <t>**Was ist DroneLink?** 
+DroneLink ist ein modulares Kommunikationssystem, bei dem Drohnen als fliegende Relaisstationen fungieren. Ausgestattet mit gerichteten Wi‑Fi‑Richtfunkantennen bauen sie ein unabhängiges Netzwerk zwischen Bodenstationen auf.
+Die Drohnen übernehmen dabei nicht nur den Transport der Antennen, sondern auch:
+* die autonome Positions- und Höhenwahl
+* die präzise Ausrichtung der Antennen mittels Gimbal
+* den sicheren, verschlüsselten Datentransfer
+So entstehen temporäre, leistungsfähige Verbindungen – ohne Mobilfunklizenzen und ohne vorhandene Netzinfrastruktur.
+**Wie funktioniert das System?**
+1. **Initiale Koordination**: Ein robuster, niederbandbreiter Kanal dient zur Positionsbestimmung, Synchronisation und Verbindungsaufnahme zwischen den Bodenstationen.
+2. **Optimale Drohnenpositionierung**: Ein Algorithmus berechnet anhand von GPS‑Daten und digitalen Höhenmodellen jene Position, an der eine stabile Sichtverbindung gewährleistet ist.
+3. **Autonomer Flug &amp; Antennenausrichtung**: Die Drohne fliegt selbstständig in die berechnete Position und richtet die Richtfunkantennen mithilfe eines Gimbals kontinuierlich und exakt aus.
+4. **Hochbandbreitige Datenübertragung*: Über 5 GHz oder 60 GHz werden Datenraten bis in den Gigabit‑Bereich erreicht – sicher, verschlüsselt und unabhängig von bestehenden Netzen.
+**Für wen ist DroneLink gedacht?** 
+DroneLink richtet sich an Entwickler:innen der Open-Source-Community, Forschungseinrichtungen sowie Einsatz- und Katastrophenhilfsorganisationen, die auf flexible und zuverlässige Kommunikationslösungen angewiesen sind. Insbesondere Projekte rund um PX4, ArduPilot und MAVLink profitieren von der offenen Architektur und den standardisierten Schnittstellen. Gleichzeitig bietet DroneLink Universitäten und Fachhochschulen eine realitätsnahe Plattform für Forschung und Lehre im Bereich autonomer Systeme. Für Einsatzkräfte ermöglicht das System den schnellen Aufbau leistungsfähiger Kommunikationsnetze in Krisen- und Katastrophensituationen, auch dort, wo keinerlei Infrastruktur vorhanden ist.</t>
+  </si>
+  <si>
+    <t>Proof of Concept, Studie|Konzept</t>
+  </si>
+  <si>
+    <t>Linux, Sensorik</t>
+  </si>
+  <si>
+    <t>cyberphysische Systeme, Distributed Systems, Network Security</t>
   </si>
   <si>
     <t>Technische Universität Wien</t>
   </si>
   <si>
-    <t>Start-ups, Systemintegratoren, Techniker:innen, thematische Community</t>
-[...45 lines deleted...]
-The source code for Databelt is available on GitHub, and additional details can be found in our paper.
+    <t>PX4 Autopilot</t>
+  </si>
+  <si>
+    <t>Hilfsorgansationen |Freiwilligei, Öffentliche Hand, Techniker:innen, thematische Community</t>
+  </si>
+  <si>
+    <t>04.02.2026</t>
+  </si>
+  <si>
+    <t>Projektstart DroneLink</t>
+  </si>
+  <si>
+    <t>Kommunikation in luftigen Höhen</t>
+  </si>
+  <si>
+    <t>DroneLink entwickelt ein offenes, drohnengestütztes Kommunikationssystem für hochbandbreitige Verbindungen ohne bestehende Infrastruktur. Autonome Drohnen ermöglichen flexible, schnelle Kommunikation für Forschung und Kriseneinsätze.</t>
+  </si>
+  <si>
+    <t>Was ist DroneLink?
+Kommunikation ist in vielen Situationen selbstverständlich – bis sie plötzlich nicht mehr verfügbar ist. Bei Naturkatastrophen, großflächigen Stromausfällen oder Einsätzen in abgelegenen Regionen fehlt oft jede Form von zuverlässiger Datenverbindung. Genau hier setzt DroneLink an: Ein offenes, drohnengestütztes Kommunikationssystem, das unabhängig von bestehender Infrastruktur funktioniert und innerhalb kurzer Zeit hochbandbreitige Verbindungen herstellen kann.
+Die Grundidee ist einfach, aber wirkungsvoll: Autonome Drohnen fungieren als fliegende Relaisstationen. Sie positionieren sich selbstständig, richten Antennen präzise aus und verbinden entfernte Bodenstationen über frei verfügbare Funkfrequenzen. Dadurch entstehen temporäre Netzwerke mit hoher Bandbreite und geringer Latenz – vollständig Open Source, nachbaubar und flexibel anpassbar.
+Wie geht es weiter?
+In den kommenden Wochen legen wir den Fokus auf den Hardwarentwurf. Dazu zählen die Auswahl und Abstimmung geeigneter Komponenten, der Aufbau der Drohne sowie erste Flug- und Stabilitätstests. Wir wählen geeignete Motoren, Flugcomputer, Batterien, Telemetrie-Radios und weitere Systemkomponenten aus, um eine stabile, leistungsfähige und ausdauernde Plattform für den späteren Kommunikationsbetrieb mit Richtfunkantennen und Gimbal zu schaffen.
+Parallel dazu beginnen wir mit der Umsetzung der grundlegenden Softwarearchitektur. Dazu zählt die Entwicklung der Server- und Client-Komponenten für die Bodenstationen, die Definition interner Schnittstellen sowie die Integration der Drohne über das MAVLink-Protokoll. Ziel ist eine modulare Basis, die eine saubere Trennung von Flugsteuerung, Kommunikation und Netzwerklogik ermöglicht und zukünftige Erweiterungen erleichtert.
+Open Source Repositories
+Die Entwicklung von DroneLink erfolgt vollständig offen. Der Quellcode und die Dokumentation werden schrittweise in folgendem Repository veröffentlicht: https://github.com/F-WuTS/DroneLink</t>
+  </si>
+  <si>
+    <t>Kick-Off für die Hinweisbox</t>
+  </si>
+  <si>
+    <t>Wir haben gestartet und entwickeln im Team</t>
+  </si>
+  <si>
+    <t>Wir haben gestartet und entwickeln im Team „Die Hinweisbox – eine Whistleblower-Plattform für Kinderschutz in Organisationen“ 😊</t>
+  </si>
+  <si>
+    <t>... das Team sind wir, ECPAT Österreich – Arbeitsgemeinschaft zum Schutz der Rechte der Kinder vor sexueller Ausbeutung, und HI1 - Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Entwicklung, Optimierung und Beratung.</t>
+  </si>
+  <si>
+    <t>Das Team sind wir, ECPAT Österreich – Arbeitsgemeinschaft zum Schutz der Rechte der Kinder vor sexueller Ausbeutung, und HI1 - Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Entwicklung, Optimierung und Beratung. 
+In unserem ersten Kick-off-Meeting im Dezember wurden Rollen, Zuständigkeiten und Arbeitspakete sowie Umfang und Ausrichtung der Plattform klar definiert. 
+Ein erster Schwerpunkt liegt auf der Benchmark-Recherche um Anforderungen und Abgrenzungen für die Hinweisbox abzuleiten. Parallel dazu wurde eine strukturierte Liste offener Fragen für die Rechtsberatung erarbeitet. Diese betreffen unter anderem den Betrieb der Lösung, Anwenderinformationen, Anonymität, Barrierefreiheit, Datei-Uploads, Zugriffsregelungen sowie den Umgang mit und Besitz von Daten auf dem Server.
+Erste technische und organisatorische Grundlagen für Internationalisierung, Übersetzungen und Barrierefreiheit wurden ebenfalls thematisiert.
+Nach einem erfolgreichen Projektstart liegt der Fokus in den kommenden Wochen klar auf der Vertiefung in der Konzeption und technischen Entwicklung. Die ersten UML-Diagramme sind schon erstellt worden.
  </t>
   </si>
   <si>
-    <t>Edge computing, Serverless Computing, LEO</t>
-[...31 lines deleted...]
-    <t>06.10.2025</t>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>Demokratie im Schulalltag: aula startet erfolgreich</t>
+  </si>
+  <si>
+    <t>Schüler*innen gestalten mit. Erfolgreicher Projektstart an der ersten Schule</t>
+  </si>
+  <si>
+    <t>aula startet erfolgreich in die Umsetzungsphase!</t>
+  </si>
+  <si>
+    <t>aula bietet Schüler*innen einen niedrigschwelligen, praxisnahen Zugang zu demokratischen Prozessen und Mitbestimmung im Schulalltag</t>
+  </si>
+  <si>
+    <t>So nimmt aula Fahrt auf!
+Die erste Schule hat die Arbeit mit aula erfolgreich aufgenommen. Mit spürbarer Begeisterung auf allen Seiten.
+	Erfolgreicher Projektstart an der ersten Schule: Ein Projektteam aus Schüler*innen und Lehrkräften wurde gebildet.
+	Drei Einführungsworkshops erfolgreich durchgeführt: Die Workshops als auch das Webinar zur aula Stunde wurden sehr positiv aufgenommen.
+	Akzeptanz der aula-App: Trotz anfänglicher technischer Herausforderungen konnten die ersten Codes erfolgreich freigeschaltet werden. Die Schüler*innen beteiligen sich aktiv, lernen konstruktives Feedback zu geben und zeigen Freude am Format.
+	Vernetzung und Kommunikation: Parallel zu den ersten Workshops fanden erste Vernetzungs- und Abstimmungstreffen statt, um Projektziele, pädagogische Ansätze und organisatorische Abläufe gemeinsam zu reflektieren und die Zusammenarbeit zu stärken.
+Ausblick:
+Der Projektverlauf ist insgesamt sehr positiv. Als nächste Schritte sind die Einbindung weiterer Schulen sowie eine kontinuierliche Vernetzung geplant.
+ </t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>DSA-Monitor</t>
+  </si>
+  <si>
+    <t>Wissens- und Analyse-Hub für evidenzbasiertes DSA-Enforcement</t>
+  </si>
+  <si>
+    <t>Der Digital Services Act (DSA) ist die erste EU-weite Verordnung, die illegale Inhalte auf Plattformen wie Facebook, Instagram, TikTok &amp; Co. bekämpft und Plattformen stärker in die Verantwortung nimmt. Das ÖIAT ist als Trusted Flagger im Sinne des DSA ein vertrauenswürdiger Hinweisgeber und kann problematische Inhalte prioritär zur raschen Entfernung melden. Gleichzeitig ist das ÖIAT seit 1997 eine zentrale Anlaufstelle für digitale Sicherheit. Mit unseren Initiativen wie saferinternet.at, Watchlist Internet, der Internet Ombudsstelle oder der Servicestelle digitaleSenior:innen und durch unsere Nähe zu den Zielgruppen fungieren wir als Frühwarnsystem für digitale Risiken in Österreich.
+Seit Inkrafttreten des DSA wenden sich Behörden mit relevanten Fragestellungen an zivilgesellschaftliche Organisationen wie uns. Die DSA-relevanten Probleme sind häufig bekannt, aber nur schwer greifbar. Aufgrund begrenzter Ressourcen können wir Praxiserfahrungen bisher nur ad-hoc weitergeben – vertiefende Recherchen und Analysen, die regulatorisch verwertbar wären, fehlen. Dies erschwert das DSA-Enforcement.
+Mit DSA Monitor schaffen wir ein zentrales Analyse- und Wissens-Hub, das diese Lücke schließen soll. Zu den Schwerpunktthemen „Kinder- und Jugendschutz“ sowie „Hürden für Trusted Flagger“ wollen wir fundiertes, evidenzbasiertes Wissen für die digitale Plattformaufsicht aufbereiten und Behörden gezielt beim DSA-Enforcement unterstützen.</t>
+  </si>
+  <si>
+    <t>28.01.2026</t>
+  </si>
+  <si>
+    <t>Projektstart Faircamp 2.0 – Faircamp in Brüssel</t>
+  </si>
+  <si>
+    <t>Worum geht's, wie sieht der Plan aus, und was passiert als Nächstes?</t>
+  </si>
+  <si>
+    <t>Mit Jänner ist das Projekt Faircamp 2.0 nun offiziell in Startposition. Worum
+geht's? Kurzum: Faircamp, ein bestehendes Softwareprojekt dass Menschen
+ermöglicht unabhängig und nachhaltig Audio im Netz zu publizieren, wird über
+die nächsten Monate umfassend erweitert und neugedacht werden. Drei große
+Themen sind dabei der Leitstern: 1. Faircamp soll ein grafisches
+Userinterface bekommen, welches sich auf allen Mainstream-Plattformen
+(Windows, macOS, Linux) direkt in den Desktop integriert. 2. Die grundlegende
+Architektur der Software soll dahingehend adaptiert werden, dass ein noch
+viel breiteres Spektrum an Einsatzzwecken möglich sind. 3. Die Dokumentation
+und Vermittlung soll im Zuge dieser ersten beiden Entwicklungen mitwachsen.</t>
+  </si>
+  <si>
+    <t>Mit Jänner ist das Projekt Faircamp 2.0 nun offiziell in Startposition. Worum
+geht's? Kurzum: Faircamp, ein bestehendes Softwareprojekt dass Menschen
+ermöglicht unabhängig und nachhaltig Audio im Netz zu publizieren, wird über
+die nächsten Monate umfassend erweitert und neugedacht werden. Drei große
+Themen sind dabei der Leitstern: 1. Faircamp soll ein grafisches
+Userinterface bekommen, welches sich auf allen Mainstream-Plattformen
+(Windows, macOS, Linux) direkt in den Desktop integriert. 2. Die grundlegende
+Architektur der Software soll dahingehend adaptiert werden, dass ein noch
+viel breiteres Spektrum an Einsatzzwecken möglich ist. 3. Die Dokumentation
+und Vermittlung soll im Zuge dieser ersten beiden Entwicklungen mitwachsen.
+Um diesen mehrmonatigen Prozess in Form zu bekommen, wurde im Jänner schon
+kräftig gebrainstormed, experimentiert, ausgelotet und mit der Community
+kommuniziert, und nun folgt darauf der offizielle (und formale, in
+Projektplanung gegossene) Projektstart!
+Wie sieht der konkrete Plan aus? Über die nächsten Wochen wird in einem
+intensiven Wechselspiel zwischen Entwicklung und Konzeption das neue
+Fundament der Architektur von Faircamp 2.0 ausgearbeitet. Hierbei entscheidet
+sich was im neuen Datenmodell technisch möglich ist, aber auch wo die Grenzen
+dessen verlaufen was vorgesehen ist. Höchstes Gebot dabei ist es den
+Sweetspot zu finden – mit einem zu stark eingeschränkten System verspielt man
+viele Möglichkeiten, mit einer "eierlegenden Wollmilchsau" tut man sich und
+seinen Nutzer_innen aber auch keinen Gefallen.
+Vorraussichtlich um den März herum wird sich der Entwicklungsprozess dann
+langsam aber stetig in eine neue Richtung verschieben: der grafischen
+Benutzeroberfläche. Geplant ist hierbei mit einem rudimentären aber
+funktionalen Grundgerüst zu beginnen, und in einem iterativen Prozess,
+Komponente für Komponente, zur vollen Abdeckung der Grundfunktionalität von
+Faircamp hinzuarbeiten. Die Abbildung des Datenmodells durch interaktive,
+grafische Elemente wird zudem einen Feedbackloop einleiten, in dem auch die
+Architektur nochmal nachjustiert werden kann um das Datenmodell sowohl durch
+den Blick des Dateisystems und des Texteditors wie auch durch die grafische
+Oberfläche schlüssig zu halten.
+Sobald die ersten insgesamt kohärent verwendbaren Entwicklungsversionen von
+Faircamp 2.0 zusammenkommen - vorrausichtlich um den April herum - wird das
+Projekt dann stetig in den dritten, finalen Abschnitt des Projekts gehen:
+Eine Vorschauversion von Faircamp 2.0 wird dann laufend mit den Nutzer_innen
+geteilt werden, und im Wechselspiel mit dem Feedback aus der tatsächlichen
+Verwendung durch die Community wird die neue Architektur nochmal abschließend
+evaluiert und angepasst werden, sowie begleitend die neue Dokumentation und
+Installationspakete für alle Plattformen ausgearbeitet werden.
+Und nun zurück in die Gegenwart: Heute Nachmittag wird die formale
+Projektplanung eingereicht und das Projekt startet – nun ganz offiziell. Ab
+übermorgen wird der Projektstart dann noch von gebührendem Rahmenprogramm
+eingeläutet: Faircamp ist zu Gast in Brüssel! Dieses Wochenende findet dort
+das jährliche Free and Open Source Software Developers’ European Meeting
+(FOSDEM) statt - mit über 8.000 Besucher_innen eine der größten Konferenzen
+zu freier Software weltweit. Am Sonntag schließt Faircamp mit dem
+Vortrag Independent and sustainable audio publishing with Faircamp das
+Programm im Music Production Track ab, aber auch in zumindest einem weiteren
+Vortrag wird Faircamp Erwähnung finden, und ich freue mich schon riesig auf
+die Gespräche mit den Nutzer_innen auf den Gängen, zwischen den Vorträgen,
+und im Rahmen der zahlreichen Events.</t>
+  </si>
+  <si>
+    <t>27.01.2026</t>
+  </si>
+  <si>
+    <t>First outreach activities</t>
+  </si>
+  <si>
+    <t>great feedback from the community</t>
+  </si>
+  <si>
+    <t>Following the plan we drafted at the community camp in November, we sent an invitation to join us via newsletter to all Topotheques in January. There is great interest in our project, and we are looking forward to the kickoff workshop.</t>
+  </si>
+  <si>
+    <t>The Community shows interest in our project and the fist volunteers are joining us.</t>
+  </si>
+  <si>
+    <t>In November, we got together and drafted the project steps during the Netidee Bootcamp. We got ourselves set up in December and started our outreach activities in January. The first step in our outreach activities was to reach the community and find volunteers for our workshops as subjects for our user-centered design approach.
+The feedback to the January newsletter yielded many interested candidates, and we look forward to our first meeting at the kickoff workshop in February, where we plan to get to know each other and conduct the first design steps.
+ </t>
+  </si>
+  <si>
+    <t>26.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -715,74 +745,74 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...5 lines deleted...]
-    <col min="19" max="19" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="355.056" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1136.008" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="820.942" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="26" max="26" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -831,552 +861,538 @@
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>28</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
         <v>29</v>
       </c>
       <c r="L2"/>
-      <c r="M2"/>
+      <c r="M2" t="s">
+        <v>29</v>
+      </c>
       <c r="N2"/>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
-      <c r="B3"/>
-      <c r="C3"/>
+      <c r="B3">
+        <v>7977</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="L3"/>
-      <c r="M3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3"/>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
-      <c r="Y3"/>
+      <c r="Y3" t="s">
+        <v>38</v>
+      </c>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B4">
-        <v>7207</v>
+        <v>7730</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-      <c r="R4" t="s">
         <v>43</v>
       </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q4"/>
+      <c r="R4"/>
       <c r="S4"/>
-      <c r="T4" t="s">
-[...2 lines deleted...]
-      <c r="U4" t="s">
+      <c r="T4"/>
+      <c r="U4"/>
+      <c r="V4"/>
+      <c r="W4"/>
+      <c r="X4"/>
+      <c r="Y4" t="s">
         <v>45</v>
       </c>
-      <c r="V4" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B5">
-        <v>7399</v>
+        <v>7905</v>
       </c>
       <c r="C5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="L5"/>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M5"/>
       <c r="N5"/>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="P5"/>
       <c r="Q5" t="s">
+        <v>49</v>
+      </c>
+      <c r="R5" t="s">
+        <v>50</v>
+      </c>
+      <c r="S5"/>
+      <c r="T5" t="s">
+        <v>51</v>
+      </c>
+      <c r="U5" t="s">
         <v>52</v>
       </c>
-      <c r="R5"/>
-[...5 lines deleted...]
-      <c r="X5"/>
+      <c r="V5" t="s">
+        <v>53</v>
+      </c>
+      <c r="W5" t="s">
+        <v>54</v>
+      </c>
+      <c r="X5" t="s">
+        <v>55</v>
+      </c>
       <c r="Y5"/>
-      <c r="Z5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B6">
-        <v>7399</v>
+        <v>7905</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B7">
-        <v>7207</v>
+        <v>7940</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="N7"/>
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>63</v>
+      </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B8">
-        <v>7442</v>
+        <v>8039</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="L8"/>
-      <c r="M8"/>
-[...15 lines deleted...]
-      <c r="U8" t="s">
+      <c r="M8" t="s">
         <v>68</v>
       </c>
-      <c r="V8" t="s">
+      <c r="N8" t="s">
         <v>69</v>
       </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q8"/>
+      <c r="R8"/>
+      <c r="S8"/>
+      <c r="T8"/>
+      <c r="U8"/>
+      <c r="V8"/>
       <c r="W8"/>
-      <c r="X8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X8"/>
       <c r="Y8"/>
-      <c r="Z8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B9">
-        <v>7285</v>
+        <v>7730</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
         <v>73</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>74</v>
       </c>
       <c r="N9"/>
-      <c r="O9" t="s">
+      <c r="O9"/>
+      <c r="P9"/>
+      <c r="Q9" t="s">
         <v>75</v>
       </c>
-      <c r="P9" t="s">
-[...2 lines deleted...]
-      <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
-      <c r="Y9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B10">
-        <v>7442</v>
+        <v>7863</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
         <v>80</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
-      <c r="Y10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B11">
-        <v>7237</v>
+        <v>7828</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
         <v>82</v>
       </c>
       <c r="L11"/>
-      <c r="M11"/>
-      <c r="N11"/>
+      <c r="M11" t="s">
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>84</v>
+      </c>
       <c r="O11" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-      <c r="R11" t="s">
         <v>85</v>
       </c>
-      <c r="S11" t="s">
+      <c r="P11" t="s">
         <v>86</v>
       </c>
-      <c r="T11" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="Q11"/>
+      <c r="R11"/>
+      <c r="S11"/>
+      <c r="T11"/>
+      <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
-      <c r="X11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X11"/>
       <c r="Y11"/>
-      <c r="Z11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">