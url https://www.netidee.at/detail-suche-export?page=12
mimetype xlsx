--- v1 (2025-11-30)
+++ v2 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,343 +98,348 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
+    <t>Blog netidee</t>
+  </si>
+  <si>
+    <t>netidee Talk 2025 und 20 Jahre netidee Förderungen in Bilder</t>
+  </si>
+  <si>
+    <t>Am 20.11.2025 fand im Rahmen des Talks die Vorstellung der neuen Geförderten statt. Das war der netidee Talk in Bildern.
+Hier können alle Bilder in hoher Auflösung heruntergeladen werden: https://www.flickr.com/photos/197062710@N06/albums/72177720330515480/</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>Projekt Call #20</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>*Somes ist jetzt Open Source</t>
+  </si>
+  <si>
+    <t>Zwischenrelease, Open-Sourcing und weitere Schritte</t>
+  </si>
+  <si>
+    <t>Nicht nur konnte die Weboberfläche verbessert werden, auch im Hintergrund hat sich einiges verändert. Die API und das Frontend sind nun öffentlich und Open Source.</t>
+  </si>
+  <si>
+    <t>In den letzten drei Monaten hat sich bei unserer Plattform somes.at (siehe Projektbeschreibung) sehr viel getan. Unsere Arbeit mündete in einem umfangreichen Update, das am 15.02.2026 live ging und als wichtiges Zwischenrelease auf dem Weg zu unserer Version 1.0 (geplant für den 30.04.2026) dient.
+Nutzerinnen und Nutzer sehen ab sofort eine Weboberfläche, die deutlich besser für Mobilgeräte optimiert, übersichtlicher und moderner ist. Zudem haben wir KI-Funktionen verbessert und neue Filtermöglichkeiten ergänzt. Der größte Teil der Arbeit fand allerdings unter der Haube statt. Hier sind die wichtigsten technischen Erkenntnisse und Änderungen der letzten Monate:
+Datensammlung &amp; Speicherung
+	Statt Aktualisierungszeiten von Rohdaten und Datenbankeintrag zu vergleichen, werden jetzt Hashes von den bereits aggregierten Daten verwendet, um einerseits den Datenbankupdateprozess frühzeitig zu beenden und andererseits eine Benachrichtigung über einen Redis-Stream zu versenden, der nun von der API gelesen wird. Dabei können Suchindizes und sonstige spezifische Cache-Einträge effizient bei Änderungen aktualisiert werden. Die Nutzung von Hashes erlaubt eine Reaktion auf Veränderungen von Abhängigkeiten.
+	Aktualisierungs- und Erstellungstimestamps werden nun gespeichert
+	Die Zuordnung von Nachnamen zu Abgeordneten/Personen-IDs erfolgt jetzt wesentlich präziser durch einen automatisierten Abgleich der vorherigen Namen einer Person.
+API
+	Die Endpunkte, die im Hintergrund einen Meilisearch-Suchindex verwenden, verfügen jetzt über eine verbesserte Filterung. Dabei kann nach den meisten Attributen eines Objekts gefiltert werden. Clients haben deswegen deutlich einfachere und mehr Möglichkeiten, um Einträge zu filtern. z.B.
+https://somes.at/api/at/v1/vote_results/search?search=&amp;page=1&amp;is_finished=true&amp;legislative_initiative[ityp][in][0]=I&amp;legislative_initiative[voting][in][0]=Law&amp;eurovoc_topics[0][topic][cn]=Wirtschaft
+	Die Fehlerrückmeldungen der Endpunkte wurden deutlich verbessert und strukturell vereinheitlicht.
+	Wir sind von flachen Routen auf REST-typische Routen mit Versionierung und Internationalisierung (/at, bald auch /eu) umgestiegen.
+	Es werden jetzt Queries und Views eingesetzt, die verstärkt auf automatisiert generierte Composite-Types setzen. Ziel war es, auf Postgresql JSON-Funktionen zu verzichten und die von der verwendeten SQL-Library (sqlx-rs) gebotene Compile-Time-Type-Safety aufrechtzuerhalten.
+Frontend
+	Interaktive Landingpage in derselben Frontend-Codebase 
+	Wir sind von Svelte 4 und Skeleton auf Svelte 5 und bits-ui umgestiegen. Durch das Refactoring konnten wir Server Side Rendering (SSR) aktivieren. Das ist entscheidend, damit z.B. unsere Abstimmungsseiten künftig auch direkt über Suchmaschinen (SEO) gefunden werden können.
+	Integration neuer Filter und AI-Informationen
+	Ein großer Teil des Frontends wurde grundsätzlich überarbeitet, wobei Kernelemente und Farbschema beibehalten wurden. Unserer Meinung nach ist die Weboberfläche nun deutlich zugänglicher, ansprechender und übersichtlicher. Auch für Mobilgeräte, wobei natürlich noch ein Feinschliff mit Bugfixes notwendig ist. 
+AI
+	Statt einzelne Python-Scripts zu erhalten, die periodisch gestartet werden und individuell Datenbankzugriff erhalten, wurde eine SomAI-API implementiert, die grundlegende LLM-Funktionalität und Endpunkte, bestehende Scripts ersetzen, zur Verfügung stellt. Diese API wird in der Regel vom Somes-Dataservice aufgerufen, um z.B. Zusammenfassungen zu generieren oder um das Portraitvideo eines Abgeordneten zu transkribieren.
+	Durch die Anschaffung eines Mini-PCs (BOSGAME M5 128GB), den wir als KI und Build Server verwenden, konnten nun die KI-Funktionen reaktiviert und erweitert werden. Neben den Schwerpunktzusammenfassungen, gibt es jetzt verständliche Titel, ein Glossar, Zusammenfassungen, akkuratere In-Kraft-Tretungs-Daten, … für alle Gegenstände auf somes. (Abstimmungen, Ministerialentwürfe, Verordnungen). Stand 01.03.2026 19:18 wurden 16454 Zusammenfassungen lokal mit dem Modell GPT-OSS-120B erstellt. 
+Open Sourcing
+Die API und das Webfrontend sind ab sofort öffentlich und unter AGPL 3.0 freigegeben (https://github.com/som-es/somes).
+*Alle weiteren Repositories (dataservice, scraper, somai-api) folgen bis zum 30.04.2026, also spätestens zum V1 Release.
+Ausblick auf 30.04.2026
+Bis zum 1.0 Release werden noch einige Funktionen hinzugefügt und verbessert. z.B.
+	Accountsystem
+		UX-Verbesserungen
+		Fehler bei E-Mail-Benachrichtigungen werden behoben sein
+		OAuth
+	Weitere Filterfunktionen: Nach Datum, Gegenstandsanzahl pro Seite, Oppositions und Regierungsfilterung, Sortierung
+	Ministerialentwurfs und Verordnungsseite nach neuem Designschema ausrichten
+	Referenzen, “Eingebracht von …” auf Abstimmungsseite besser darstellen
+	Statistiken
+Alles sehr machbar!
+ </t>
+  </si>
+  <si>
+    <t>Open Source</t>
+  </si>
+  <si>
+    <t>02.03.2026</t>
+  </si>
+  <si>
     <t>Stipendium Call #20</t>
   </si>
   <si>
-    <t>Community Scholarship</t>
-[...64 lines deleted...]
-Link to the paper: https://dl.acm.org/doi/10.1145/3719027.3765033 
+    <t>The Hidden Weak Spot of the IoT: Insecure Backends at Internet Scale</t>
+  </si>
+  <si>
+    <t>Our large-scale measurement of MQTT, CoAP, and XMPP backends shows how missing encryption, weak authentication, and misconfigurations put devices, and users at risk.</t>
+  </si>
+  <si>
+    <t>Many IoT systems rely on messaging backends that are directly reachable from the internet. Our study of 337k+ MQTT, CoAP, and XMPP backends reveals widespread information leaks, weak authentication, and DoS risks, plus clear mitigations to reduce exposure.</t>
+  </si>
+  <si>
+    <t>When we talk about Internet-of-Things security, we usually picture vulnerable cameras, smart locks, or poorly protected sensors. But many attacks don't need to start with the device at all. They can start with the "brains" behind it: the backend servers that store data, route messages, and control devices.
+In our research paper, we measured the security of real-world IoT backends at scale, focusing on three protocols that IoT systems commonly "speak" directly: MQTT, CoAP, and XMPP. We collected and tested more than 337k publicly reachable backends and found a troubling pattern: basic security protections are often missing, outdated, or misconfigured.
+What we measured (and why these protocols matter)
+IoT deployments often rely on lightweight messaging protocols rather than traditional web APIs. We focused on:
+	MQTT (publish/subscribe): devices publish messages to "topics," others subscribe to receive them.
+	CoAP (REST-like over UDP): devices request resources (like "/sensor" or "/config") from a backend.
+	XMPP (XML messaging): used for near-real-time messaging and some IoT integrations.
+These protocols were designed for constrained environments, but that also means security features may be optional, inconsistently deployed, or hard to retrofit.
+The three significant threats we looked for
+We assessed backends as an unauthenticated outsider (non-invasive testing), and focused on three high-impact problem areas:
+1) Information leakage
+Some backends expose details that should never be public: software versions, topic names, resource lists, or even sensitive device data.
+Across MQTT/CoAP/XMPP, 9.44% of reachable backends exposed information in ways that can enable privacy violations or further attacks.
+2) Weak (or missing) authentication
+Authentication is often optional in IoT deployments, and many systems omit it. Examples from the study include MQTT brokers that support wildcard topic subscriptions and XMPP servers that still support weak mechanisms such as PLAIN (credentials sent in a reversible encoding).
+3) Denial of service (DoS), including amplification
+CoAP is UDP-based, which makes it particularly susceptible to reflection/amplification attacks. We found that 30.38% of reachable CoAP backends were vulnerable to DoS attacks, and a large portion could be abused as amplification reflectors.
+Two real examples that show the impact
+To make this concrete, our paper includes motivating cases where insecure backends exposed highly sensitive data:
+	A health monitoring device whose MQTT backend revealed personally identifiable information and health indicators (and even allowed inference of an outdated broker version with known vulnerabilities).
+	A "smart car dongle" backend that leaked location, vehicle details, and anti-theft alarm status, precisely the kind of data that could enable real-world targeting.
+The "security seatbelt" that's barely used: TLS
+For TCP-based protocols (MQTT and XMPP), TLS should be a baseline protection against eavesdropping and tampering. But we observed extremely low adoption: only 0.16% of MQTT- and XMPP-speaking backends used TLS. Worse, many of the TLS-enabled ones supported outdated protocol versions (e.g., TLS 1.0/1.1), and a significant fraction were vulnerable to known weaknesses.
+What operators can do right now?
+The fixes are not vague, just often neglected:
+	Turn on authentication and authorization (MQTT ACLs, XMPP strong auth only, CoAP access controls).
+	Disable wildcard-style "list everything" exposure unless strictly needed.
+	Patch and update broker/server software (many issues map directly to outdated versions).
+	Use TLS (or DTLS for CoAP) where feasible, and configure it correctly (modern versions, safe ciphers, valid certs).
+	If the backend doesn't need to be public, put it behind a firewall or restrict access to known networks.</t>
+  </si>
+  <si>
+    <t>Analyzing the iOS Local Network Permission from a Technical and User Perspective</t>
+  </si>
+  <si>
+    <t>iOS Local Network Permission</t>
+  </si>
+  <si>
+    <t>We analyzed the iOS local network permission from a technical and user perspective.</t>
+  </si>
+  <si>
+    <t>Analyzing the iOS Local Network Permission from a Technical and User Perspective
+With the release of iOS 14, Apple introduced a dedicated permission to regulate apps' access to the local network. Although devices within local networks are typically shielded from direct Internet exposure, apps running on smartphones connected to such networks can communicate with other local devices. This capability opens a new attack vector and presents privacy risks, including tracking and household fingerprinting. Prior work showed that apps leveraged local network access to bypass the location permission, as the router's MAC address can reveal a user's location. Moreover, researchers identified malicious apps that attempted to attack routers via local network communication.
+In this work, we systematically analyzed the iOS local network permission from both technical and user perspectives. The technical perspective is particularly relevant because this permission differs fundamentally from traditional permission models. Typically, permissions protect a set of operating system APIs. In contrast, the local network permission relies on runtime monitoring of network traffic destinations and prompts the user when the system detects access to local network resources. At the time of our study, Android did not yet provide a comparable permission, allowing us to investigate differences in their access behavior. From a user perspective, the intrinsic technical complexity of the permission raises the question of whether users can make informed decisions when confronted with the dialog.
+We first evaluated the security of the permission's implementation by implementing a test app trying to access the local network through various methods. We then conducted a large-scale dynamic analysis to detect local network access in apps and compared the prevalence and characteristics of such access between Android and iOS apps. Next, we analyzed the developer-provided rationales for the permission. Finally, we conducted an online user study with 150 participants to assess users' understanding of the permission and its implications.
+Our work revealed two methods to bypass the permission from webviews and showed that the protected local network addresses were insufficient.
+We found that 152 iOS apps and 117 Android apps accessed the local network, and that the timing of access differed: Android apps tended to access it at startup.
+Finally, we presented both the strengths and limitations of users' understanding of the permission. While nearly every participant was aware of at least one threat (83.11%), misconceptions were even more common (84.46%).
+Link to the paper
+The paper was presented at IEEE Security and Privacy 2025: https://www.computer.org/csdl/proceedings-article/sp/2025/223600a045/21B7QxJBmzC 
  </t>
   </si>
   <si>
-    <t>How can we improve privacy in AI applications?</t>
-[...22 lines deleted...]
-    <t>Projekt Call #20</t>
+    <t>27.02.2026</t>
+  </si>
+  <si>
+    <t>KI und öffentliche Beschaffung: Ein Thema ist angekommen – aber wohin entwickelt es sich?</t>
+  </si>
+  <si>
+    <t>KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart</t>
+  </si>
+  <si>
+    <t>Der Beitrag beleuchtet aktuelle Entwicklungen an der Schnittstelle von KI und öffentlicher Beschaffung. Erzeigt internationale Beispiele, unterschiedliche Positionen und laufende regulatorische Prozesse auf.</t>
+  </si>
+  <si>
+    <t>Zu Jahresbeginn 2025 war die Verbindung zwischen Künstlicher Intelligenz und öffentlicher Beschaffung in der Fachliteratur noch eher dünn. Einzelne Pilotprojekte und politische Ankündigungen existierten zwar bereits, doch eine breitere, systematische Auseinandersetzung blieb zunächst aus. Das änderte sich deutlich: es häufen sich nunmehr (wissenschaftliche) Beiträge, (Policy-)Papiere, Studien und Debatten. Das Thema ist (mit sehr unterschiedlichen Deutungen) angekommen.
+Dabei lohnt es sich, zwei Ebenen auseinanderzuhalten, die in der aktuellen Diskussion oft vermischt werden: Zum einen geht es um die digitale Transformation des Beschaffungswesens selbst, also den Einsatz von Technologien zur Unterstützung oder Automatisierung von Vergabeprozessen. Zum anderen die öffentliche Beschaffung von KI-Systemen für andere staatliche Zwecke. Beide Aspekte entwickeln sich dynamisch und bringen jeweils eigene Chancen und Risiken mit sich.
+Ein viel zitiertes Beispiel lieferte Albanien. Im Jänner 2025 kündigte die Regierung die Einführung eines KI-Assistenten für die öffentliche Beschaffung an. „Diella“, integriert in die staatliche Plattform eAlbania, soll Ausschreibungen analysieren und schrittweise Entscheidungen vorbereiten oder treffen. Edi Rama erklärte laut Guardian, es sei das Ziel, öffentliche Vergaben vollständig frei von Korruption zu machen, indem menschliche Ermessensspielräume reduziert und durch algorithmische Bewertungen ersetzt werden. Gerade in einem Land, in dem öffentliche Aufträge lange als besonders korruptionsanfällig galten, wird KI hier als Hoffnungsträger dargestellt.
+Ganz anders fällt der Ton zum Teil in der US-amerikanischen Literatur aus. In ihrem Artikel „Buying Blind: Corruption Risk and the Erosion of Oversight in Federal AI Procurement“ zeichnet die Rechtswissenschaftlerin Tillipman ein deutlich skeptischeres Bild. Ihre zentrale These ist dabei nicht, dass KI grundsätzlich ungeeignet für den öffentlichen Sektor wäre. Im Gegenteil: Sie erkennt an, dass KI-Effizienzgewinne bringen, Prozesse standardisieren und potenziell auch Korruptionsrisiken reduzieren kann.
+Ihre Kritik setzt jedoch an der Art und Weise der Beschaffung an. Tillipman argumentiert, dass in den USA KI-Systeme zunehmend über beschleunigte, kommerzielle Beschaffungswege, oft ohne ausreichende Transparenz über Trainingsdaten, Funktionsweise oder Entscheidungslogiken einkauft werden. Governance werde dabei faktisch „in den Vertrag ausgelagert“, während klassische Kontrollmechanismen wie Audit-Rechte, Nachvollziehbarkeit oder unabhängige Überprüfung geschwächt würden. Besonders problematisch ist aus ihrer Sicht, dass diese Defizite bereits in der Beschaffungsphase strukturell verankert werden. Wer KI „blind“ einkauft, übernimmt langfristig auch deren Risiken: Automatisierungsbias, Abhängigkeiten von einzelnen Anbietern, eingeschränkte Korrekturmöglichkeiten und eine schleichende Erosion menschlicher Aufsicht. Governance und Innovation seien dabei kein Gegensatz – vielmehr sei funktionierende Governance Voraussetzung für nachhaltige Innovation.
+Während Albanien KI also explizit als Anti-Korruptionsinstrument positioniert, warnt etwa Tillipman davor, dass schlecht regulierte KI-Beschaffung selbst neue, schwer erkennbare Formen struktureller Korruption begünstigen kann. Zwei Kontexte, zwei Narrative, dieselbe Technologie. Dieses Spannungsfeld wird durch die rasante technische Entwicklung bis ins Extreme weiter zugespitzt. Ein brandaktuelles Beispiel ist OpenClaw, ein von einem Österreicher erschaffener Open-Source-KI-Agent, der nicht nur analysiert oder Texte generiert, sondern eigenständig Aufgaben ausführt („AI that actually does things“).
+Parallel dazu laufen auch auf europäischer Ebene relevante Prozesse: Die Europäische Kommission hat kürzlich die öffentliche Konsultation  zur Überarbeitung der EU-Vergaberichtlinien geschlossen. Außerdem gewinnen geopolitische Überlegungen zunehmend an Bedeutung, etwa im Zusammenhang mit digitaler Souveränität, Cloud-Infrastrukturen und der strategischen Abhängigkeit von außereuropäischen KI-Anbietern.
+Was sich derzeit jedenfalls klar sagen lässt: KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart. Ob sie primär als Instrument für mehr Integrität oder als Katalysator neuer Risiken wirkt, hängt weniger von der Technologie selbst ab als von den institutionellen, rechtlichen und politischen Rahmenbedingungen. Zahlreiche Fragen sind offen, und machen das Thema derzeit so spannend wie umstritten.</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Public Procurement</t>
+  </si>
+  <si>
+    <t>05.02.2026</t>
+  </si>
+  <si>
+    <t>DSA-Monitor: Kick Off des Projektes</t>
+  </si>
+  <si>
+    <t>Ein Analyse- und Wissens-Hub für wirksames DSA-Enforcement</t>
+  </si>
+  <si>
+    <t>Betrug, Desinformation, problematische Werbung oder Hatespeech: Viele Risiken sind bekannt, aber oft schwer belegbar und regulatorisch schwer greifbar. DSA-Monitor bündelt Praxiswissen, bereitet es evidenzbasiert auf und stärkt so die DSA-Durchsetzung – mit Fokus auf Jugendliche und Trusted Flagger.</t>
+  </si>
+  <si>
+    <t>Illegale Inhalte und problematische Praktiken gehören für viele Nutzer:innen zum Alltag auf Plattformen wie Facebook, Instagram, TikTok &amp; Co.: Von betrügerischen Angeboten und Hate Speech über Desinformation bis hin zu riskanten Design- und Werbepraktiken, die besonders Kinder und Jugendliche treffen können. Gleichzeitig bleiben viele Mechanismen hinter diesen Phänomenen schwer greifbar – etwa weil Plattformlogiken und Algorithmen oft intransparent sind und sich Risiken dynamisch verändern.
+Digital Services Act als Werkzeug zur Rechtsdurchsetzung
+Mit dem Digital Services Act (DSA) hat die EU erstmals einen europaweit einheitlichen Rechtsrahmen geschaffen, der große Plattformen stärker in die Verantwortung nimmt und klare Pflichten zur Risikominimierung und Transparenz festlegt. Plattformen mit mehr als 45 Mio. aktiven Nutzer:innen in der EU – sogenannte Very Large Online Platforms (VLOPs) – müssen u.a. systemische Risikoanalysen durchführen, Maßnahmen zur Minimierung dieser implementieren sowie Mechanismen zur effektiven Meldung illegaler Inhalte bereitstellen. Dass der DSA bereits konkret Wirkung entfaltet, zeigt ein Blick auf die laufende Umsetzung und erste Verfahren: So hat die Europäische Kommission formelle Verfahren gegen Plattformen wie TikTok und Meta (Facebook/Instagram) eingeleitet — etwa wegen mutmaßlicher Verstöße gegen Transparenz- und Meldepflichten. 
+In der DSA-Umsetzung zeigt sich allerdings eine wiederkehrende Lücke zwischen bekannten Problemen und belastbarer Evidenz: Bei vielen DSA-relevanten Risiken, wie etwa algorithmisch verstärkte Inhalte oder jugendschutzrelevante Desinformation, fehlen systematische, unabhängige Daten. Häufig gibt es Praxiserfahrungen, aber zu wenig systematische Aufbereitung, die für Aufsicht und Durchsetzung nutzbar sind. Begrenzte Ressourcen führen dazu, dass Wissen bisher oft nur ad hoc weitergegeben werden kann. Gleichzeitig wenden sich Behörden seit dem Inkrafttreten des DSA immer häufiger mit DSA-relevanten Fragestellungen an zivilgesellschaftliche Akteur:innen - so auch an uns, das Österreichische Institut für Angewandte Telekommunikation (ÖIAT). 
+ÖIAT als Sensor im Feld
+Das ÖIAT ist seit 1997 eine zentrale Anlaufstelle für genau diese Akteur:innen, wenn es um die digitale Sicherheit geht. Mit unseren Initiativen - wie Saferinternet.at, Watchlist Internet, Internet Ombudsstelle und der Servicestelle digitaleSenior:innen - und der damit einhergehenden Zielgruppennähe fungieren wir als Sensor im Feld für digitale Risiken in Österreich. Zugleich zählen wir zu den ersten Trusted Flaggern Österreichs und können als solche gemäß des DSA Inhalte prioritär an VLOPs melden.
+Diese Position wollen wir nutzen und schaffen mit DSA-Monitor ein zentrales Analyse- und Wissens-Hub, um die Lücke zwischen Praxiswissen und systematischer Evidenz zu schließen. Ziel ist es, fundierte, evidenzbasierte Erkenntnisse so aufzubereiten, dass sie für die digitale Plattformaufsicht und andere DSA-Stakeholder direkt nutzbar werden – und damit die wirksame Umsetzung des DSA in Österreich unterstützen. Der Fokus liegt dabei auf zwei Themenfelder: Strukturelle Hürden für Trusted Flagger sowie Kinder- und Jugendschutz. Ergänzend entsteht ein Toolkit, das Trusted Flagger in ihrer (Zusammen-)Arbeit unterstützen soll. 
+Im Jänner fand der Kick-off des Projekts DSA-Monitor statt. In den kommenden Monaten arbeiten wir daran, bestehende Wissenslücken zu schließen, praxisrelevante Evidenz aufzubereiten und damit einen konkreten Beitrag zur wirksamen Umsetzung des Digital Services Act in Österreich zu leisten.</t>
+  </si>
+  <si>
+    <t>Digital Service Act, Trusted Flagger, Social Media</t>
   </si>
   <si>
     <t>Community Project</t>
   </si>
   <si>
-    <t>RxAngular</t>
-[...42 lines deleted...]
-Beyond serving organizations with limited security budgets, augmenting human operators with generative AI is also anticipated to benefit the training of novice penetration testers and aspiring students, essentially acting as automated trainers and resource amplifiers in educational settings.
+    <t>DroneLink</t>
+  </si>
+  <si>
+    <t>DroneLink schafft Kommunikation dort, wo Netze fehlen. Drohnen bauen innerhalb kürzester Zeit unabhängige, breitbandige Funkverbindungen auf – offen, nachbaubar und ideal für Forschung und Kriseneinsätze.</t>
+  </si>
+  <si>
+    <t>**Was ist DroneLink?** 
+DroneLink ist ein modulares Kommunikationssystem, bei dem Drohnen als fliegende Relaisstationen fungieren. Ausgestattet mit gerichteten Wi‑Fi‑Richtfunkantennen bauen sie ein unabhängiges Netzwerk zwischen Bodenstationen auf.
+Die Drohnen übernehmen dabei nicht nur den Transport der Antennen, sondern auch:
+* die autonome Positions- und Höhenwahl
+* die präzise Ausrichtung der Antennen mittels Gimbal
+* den sicheren, verschlüsselten Datentransfer
+So entstehen temporäre, leistungsfähige Verbindungen – ohne Mobilfunklizenzen und ohne vorhandene Netzinfrastruktur.
+**Wie funktioniert das System?**
+1. **Initiale Koordination**: Ein robuster, niederbandbreiter Kanal dient zur Positionsbestimmung, Synchronisation und Verbindungsaufnahme zwischen den Bodenstationen.
+2. **Optimale Drohnenpositionierung**: Ein Algorithmus berechnet anhand von GPS‑Daten und digitalen Höhenmodellen jene Position, an der eine stabile Sichtverbindung gewährleistet ist.
+3. **Autonomer Flug &amp; Antennenausrichtung**: Die Drohne fliegt selbstständig in die berechnete Position und richtet die Richtfunkantennen mithilfe eines Gimbals kontinuierlich und exakt aus.
+4. **Hochbandbreitige Datenübertragung*: Über 5 GHz oder 60 GHz werden Datenraten bis in den Gigabit‑Bereich erreicht – sicher, verschlüsselt und unabhängig von bestehenden Netzen.
+**Für wen ist DroneLink gedacht?** 
+DroneLink richtet sich an Entwickler:innen der Open-Source-Community, Forschungseinrichtungen sowie Einsatz- und Katastrophenhilfsorganisationen, die auf flexible und zuverlässige Kommunikationslösungen angewiesen sind. Insbesondere Projekte rund um PX4, ArduPilot und MAVLink profitieren von der offenen Architektur und den standardisierten Schnittstellen. Gleichzeitig bietet DroneLink Universitäten und Fachhochschulen eine realitätsnahe Plattform für Forschung und Lehre im Bereich autonomer Systeme. Für Einsatzkräfte ermöglicht das System den schnellen Aufbau leistungsfähiger Kommunikationsnetze in Krisen- und Katastrophensituationen, auch dort, wo keinerlei Infrastruktur vorhanden ist.</t>
+  </si>
+  <si>
+    <t>Proof of Concept, Studie|Konzept</t>
+  </si>
+  <si>
+    <t>Linux, Sensorik</t>
+  </si>
+  <si>
+    <t>cyberphysische Systeme, Distributed Systems, Network Security</t>
+  </si>
+  <si>
+    <t>Technische Universität Wien</t>
+  </si>
+  <si>
+    <t>PX4 Autopilot</t>
+  </si>
+  <si>
+    <t>Hilfsorgansationen |Freiwilligei, Öffentliche Hand, Techniker:innen, thematische Community</t>
+  </si>
+  <si>
+    <t>04.02.2026</t>
+  </si>
+  <si>
+    <t>Projektstart DroneLink</t>
+  </si>
+  <si>
+    <t>Kommunikation in luftigen Höhen</t>
+  </si>
+  <si>
+    <t>DroneLink entwickelt ein offenes, drohnengestütztes Kommunikationssystem für hochbandbreitige Verbindungen ohne bestehende Infrastruktur. Autonome Drohnen ermöglichen flexible, schnelle Kommunikation für Forschung und Kriseneinsätze.</t>
+  </si>
+  <si>
+    <t>Was ist DroneLink?
+Kommunikation ist in vielen Situationen selbstverständlich – bis sie plötzlich nicht mehr verfügbar ist. Bei Naturkatastrophen, großflächigen Stromausfällen oder Einsätzen in abgelegenen Regionen fehlt oft jede Form von zuverlässiger Datenverbindung. Genau hier setzt DroneLink an: Ein offenes, drohnengestütztes Kommunikationssystem, das unabhängig von bestehender Infrastruktur funktioniert und innerhalb kurzer Zeit hochbandbreitige Verbindungen herstellen kann.
+Die Grundidee ist einfach, aber wirkungsvoll: Autonome Drohnen fungieren als fliegende Relaisstationen. Sie positionieren sich selbstständig, richten Antennen präzise aus und verbinden entfernte Bodenstationen über frei verfügbare Funkfrequenzen. Dadurch entstehen temporäre Netzwerke mit hoher Bandbreite und geringer Latenz – vollständig Open Source, nachbaubar und flexibel anpassbar.
+Wie geht es weiter?
+In den kommenden Wochen legen wir den Fokus auf den Hardwarentwurf. Dazu zählen die Auswahl und Abstimmung geeigneter Komponenten, der Aufbau der Drohne sowie erste Flug- und Stabilitätstests. Wir wählen geeignete Motoren, Flugcomputer, Batterien, Telemetrie-Radios und weitere Systemkomponenten aus, um eine stabile, leistungsfähige und ausdauernde Plattform für den späteren Kommunikationsbetrieb mit Richtfunkantennen und Gimbal zu schaffen.
+Parallel dazu beginnen wir mit der Umsetzung der grundlegenden Softwarearchitektur. Dazu zählt die Entwicklung der Server- und Client-Komponenten für die Bodenstationen, die Definition interner Schnittstellen sowie die Integration der Drohne über das MAVLink-Protokoll. Ziel ist eine modulare Basis, die eine saubere Trennung von Flugsteuerung, Kommunikation und Netzwerklogik ermöglicht und zukünftige Erweiterungen erleichtert.
+Open Source Repositories
+Die Entwicklung von DroneLink erfolgt vollständig offen. Der Quellcode und die Dokumentation werden schrittweise in folgendem Repository veröffentlicht: https://github.com/F-WuTS/DroneLink</t>
+  </si>
+  <si>
+    <t>Kick-Off für die Hinweisbox</t>
+  </si>
+  <si>
+    <t>Wir haben gestartet und entwickeln im Team</t>
+  </si>
+  <si>
+    <t>Wir haben gestartet und entwickeln im Team „Die Hinweisbox – eine Whistleblower-Plattform für Kinderschutz in Organisationen“ 😊</t>
+  </si>
+  <si>
+    <t>... das Team sind wir, ECPAT Österreich – Arbeitsgemeinschaft zum Schutz der Rechte der Kinder vor sexueller Ausbeutung, und HI1 - Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Entwicklung, Optimierung und Beratung.</t>
+  </si>
+  <si>
+    <t>Das Team sind wir, ECPAT Österreich – Arbeitsgemeinschaft zum Schutz der Rechte der Kinder vor sexueller Ausbeutung, und HI1 - Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Entwicklung, Optimierung und Beratung. 
+In unserem ersten Kick-off-Meeting im Dezember wurden Rollen, Zuständigkeiten und Arbeitspakete sowie Umfang und Ausrichtung der Plattform klar definiert. 
+Ein erster Schwerpunkt liegt auf der Benchmark-Recherche um Anforderungen und Abgrenzungen für die Hinweisbox abzuleiten. Parallel dazu wurde eine strukturierte Liste offener Fragen für die Rechtsberatung erarbeitet. Diese betreffen unter anderem den Betrieb der Lösung, Anwenderinformationen, Anonymität, Barrierefreiheit, Datei-Uploads, Zugriffsregelungen sowie den Umgang mit und Besitz von Daten auf dem Server.
+Erste technische und organisatorische Grundlagen für Internationalisierung, Übersetzungen und Barrierefreiheit wurden ebenfalls thematisiert.
+Nach einem erfolgreichen Projektstart liegt der Fokus in den kommenden Wochen klar auf der Vertiefung in der Konzeption und technischen Entwicklung. Die ersten UML-Diagramme sind schon erstellt worden.
  </t>
   </si>
   <si>
-    <t>LLM, Security, Pen-Testing, Hacker</t>
-[...110 lines deleted...]
-netidee_folder_25.
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>Demokratie im Schulalltag: aula startet erfolgreich</t>
+  </si>
+  <si>
+    <t>Schüler*innen gestalten mit. Erfolgreicher Projektstart an der ersten Schule</t>
+  </si>
+  <si>
+    <t>aula startet erfolgreich in die Umsetzungsphase!</t>
+  </si>
+  <si>
+    <t>aula bietet Schüler*innen einen niedrigschwelligen, praxisnahen Zugang zu demokratischen Prozessen und Mitbestimmung im Schulalltag</t>
+  </si>
+  <si>
+    <t>So nimmt aula Fahrt auf!
+Die erste Schule hat die Arbeit mit aula erfolgreich aufgenommen. Mit spürbarer Begeisterung auf allen Seiten.
+	Erfolgreicher Projektstart an der ersten Schule: Ein Projektteam aus Schüler*innen und Lehrkräften wurde gebildet.
+	Drei Einführungsworkshops erfolgreich durchgeführt: Die Workshops als auch das Webinar zur aula Stunde wurden sehr positiv aufgenommen.
+	Akzeptanz der aula-App: Trotz anfänglicher technischer Herausforderungen konnten die ersten Codes erfolgreich freigeschaltet werden. Die Schüler*innen beteiligen sich aktiv, lernen konstruktives Feedback zu geben und zeigen Freude am Format.
+	Vernetzung und Kommunikation: Parallel zu den ersten Workshops fanden erste Vernetzungs- und Abstimmungstreffen statt, um Projektziele, pädagogische Ansätze und organisatorische Abläufe gemeinsam zu reflektieren und die Zusammenarbeit zu stärken.
+Ausblick:
+Der Projektverlauf ist insgesamt sehr positiv. Als nächste Schritte sind die Einbindung weiterer Schulen sowie eine kontinuierliche Vernetzung geplant.
  </t>
   </si>
   <si>
-    <t>LLM Agents for Offensive Security</t>
-[...28 lines deleted...]
-    <t>Code, Code</t>
+    <t>30.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -750,71 +755,71 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="200.38" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="21" max="21" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="195.667" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="355.056" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1136.008" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="820.942" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="25" max="25" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -864,556 +869,540 @@
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="B2"/>
+      <c r="C2"/>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L2"/>
-      <c r="M2"/>
+      <c r="M2" t="s">
+        <v>29</v>
+      </c>
       <c r="N2"/>
       <c r="O2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="P2"/>
-      <c r="Q2" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="Q2"/>
+      <c r="R2"/>
+      <c r="S2"/>
+      <c r="T2"/>
+      <c r="U2"/>
+      <c r="V2"/>
       <c r="W2"/>
-      <c r="X2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
       <c r="B3">
-        <v>7761</v>
+        <v>7723</v>
       </c>
       <c r="C3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="N3"/>
       <c r="O3" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
-      <c r="Y3"/>
+      <c r="Y3" t="s">
+        <v>38</v>
+      </c>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4">
-        <v>7832</v>
+        <v>7820</v>
       </c>
       <c r="C4" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
-      <c r="Y4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5">
-        <v>7996</v>
+        <v>7761</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L5"/>
-      <c r="M5"/>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
       <c r="N5"/>
-      <c r="O5"/>
-[...6 lines deleted...]
-      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q5"/>
+      <c r="R5"/>
       <c r="S5"/>
-      <c r="T5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="T5"/>
+      <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
-      <c r="X5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X5"/>
       <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
-        <v>7733</v>
+        <v>7977</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
-        <v>7977</v>
+        <v>7730</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="N7"/>
-      <c r="O7"/>
-[...6 lines deleted...]
-      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q7"/>
+      <c r="R7"/>
       <c r="S7"/>
-      <c r="T7" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="T7"/>
+      <c r="U7"/>
+      <c r="V7"/>
       <c r="W7"/>
-      <c r="X7" t="s">
-[...2 lines deleted...]
-      <c r="Y7"/>
+      <c r="X7"/>
+      <c r="Y7" t="s">
+        <v>60</v>
+      </c>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8">
-        <v>7859</v>
+        <v>7905</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
-      <c r="O8"/>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
       <c r="P8"/>
-      <c r="Q8"/>
-      <c r="R8"/>
+      <c r="Q8" t="s">
+        <v>64</v>
+      </c>
+      <c r="R8" t="s">
+        <v>65</v>
+      </c>
       <c r="S8"/>
-      <c r="T8"/>
-[...3 lines deleted...]
-      <c r="X8"/>
+      <c r="T8" t="s">
+        <v>66</v>
+      </c>
+      <c r="U8" t="s">
+        <v>67</v>
+      </c>
+      <c r="V8" t="s">
+        <v>68</v>
+      </c>
+      <c r="W8" t="s">
+        <v>69</v>
+      </c>
+      <c r="X8" t="s">
+        <v>70</v>
+      </c>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9">
-        <v>7859</v>
+        <v>7905</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
         <v>2025</v>
       </c>
-      <c r="B10"/>
-      <c r="C10"/>
+      <c r="B10">
+        <v>7940</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
         <v>78</v>
       </c>
-      <c r="N10"/>
       <c r="O10" t="s">
         <v>79</v>
       </c>
       <c r="P10" t="s">
         <v>80</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11">
-        <v>7733</v>
+        <v>8039</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="N11"/>
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>84</v>
+      </c>
       <c r="O11" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-      <c r="R11" t="s">
         <v>85</v>
       </c>
-      <c r="S11" t="s">
+      <c r="P11" t="s">
         <v>86</v>
       </c>
-      <c r="T11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="Q11"/>
+      <c r="R11"/>
+      <c r="S11"/>
+      <c r="T11"/>
+      <c r="U11"/>
+      <c r="V11"/>
       <c r="W11"/>
-      <c r="X11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
-      <c r="AA11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">