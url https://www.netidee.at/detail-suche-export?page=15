--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,300 +98,343 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
-    <t>Event netidee</t>
-[...5 lines deleted...]
-    <t>02.10.2025</t>
+    <t>Stipendium Call #20</t>
+  </si>
+  <si>
+    <t>Community Scholarship</t>
+  </si>
+  <si>
+    <t>Hidden Dangers: Uncovering Security and Privacy Risks through Large-scale Mobile App Analysis</t>
+  </si>
+  <si>
+    <t>Large-scale mobile app analysis to find security and privacy issues</t>
+  </si>
+  <si>
+    <t>Smartphone apps have become essential for our daily lives, handling communication, finances, health data, and other sensitive data. To function, apps often connect with cloud backends or devices and thus embed information about their communication partners. In my thesis, I leverage this property to analyze apps at scale, uncovering security and privacy issues in the IoT ecosystem, local network permissions, and the supply chain. By responsibly disclosing my findings, I help to secure the ecosystem.</t>
+  </si>
+  <si>
+    <t>Dissertation | PhD</t>
+  </si>
+  <si>
+    <t>CC-BY</t>
+  </si>
+  <si>
+    <t>mobile Apps Android, mobile Apps iOS</t>
+  </si>
+  <si>
+    <t>Mobile Apps, Sicherheit | Privacy | Überwachung</t>
+  </si>
+  <si>
+    <t>Universität Wien</t>
+  </si>
+  <si>
+    <t>Techniker:innen</t>
+  </si>
+  <si>
+    <t>29.11.2025</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>Distinguished Paper Award at CCS</t>
+  </si>
+  <si>
+    <t>Leaky Apps: Large-scale Analysis of Secrets Distributed in Android and iOS Apps</t>
+  </si>
+  <si>
+    <t>Our work, “Leaky Apps: Large-scale Analysis of Secrets Distributed in Android and iOS Apps,” was honored with the Distinguished Paper Award at ACM CCS 2025 (ACM SIGSAC Conference on Computer and Communications Security).</t>
+  </si>
+  <si>
+    <t>Our work, “Leaky Apps: Large-scale Analysis of Secrets Distributed in Android and iOS Apps,” was honored with the Distinguished Paper Award at ACM CCS 2025 (ACM SIGSAC Conference on Computer and Communications Security). 
+Leaky Apps: Large-scale Analysis of Secrets Distributed in Android and iOS Apps 
+Mobile apps can embed sensitive data, e.g., API tokens used to communicate with remote services. While some of these secrets are intentionally included by developers, others unintentionally find their way into released apps. An example is Snapchat, which unintentionally leaked parts of its source code through its iOS app. 
+In this paper, we analyzed 10,331 Android and iOS apps to discover secrets distributed in mobile apps and to answer the following research questions: 
+	RQ1: What files do mobile apps contain?
+	RQ2: What secrets do developers distribute in mobile apps?
+	RQ3: How does the situation differ between Android and iOS apps? 
+	RQ4: How did the situation change between 2023 and 2024? 
+Methodology 
+To answer these questions, we designed a static analysis that first extracts the files mobile apps contain. Since both the Android APK bundle and the iOS IPA bundle are essentially ZIP files, we can handle both formats similarly. 
+For each file, we store metadata such as file name, path, and MIME type for further evaluation. For each non-text-based file, we use the strings utility to obtain a text representation. Afterwards, we use a modified version of trufflehog, a regex-based secret detection tool originally designed for Git repositories, to discover secret tokens. 
+To remove false positives, we further validated the extracted tokens remotely. 
+Results 
+By analyzing file metadata, we showed that both iOS and Android apps contain unintentionally added files that can expose secrets, for example, Markdown documents with internal documentation, development scripts, or source files. 
+Our regular-expression-based analysis returned 26,380 credentials, which we filtered with heuristics down to 10,164 credentials. We then validated these against remote endpoints and obtained 416 functional credentials across 65 services, including 13 Git credentials that granted access to 218 public and 2,440 private repositories. 
+Our analysis reveals that more iOS apps leaked secrets, although information leaks exist in both Android and iOS apps. Thus, it is important to study apps from both platforms. 
+Finally, we showed that even when developers remove credentials in later app versions, they often do not revoke them, leaving the credentials exploitable. 
+To improve the current situation, we responsibly disclosed our findings to developers via the contact email addresses listed on the Google Play Store. In total, 77 developers replied: for example, 2 indicated they were already aware of the issue, 13 mentioned that they had already fixed it, and one noted that implementing a fix would be too expensive. 
+Recommendations 
+In general, we recommend that developers inspect the final app bundles they distribute to check whether any unnecessary files, potentially containing secret information, are included. We have published our analysis code on GitHub to help simplify this process.
+Link to the paper: https://dl.acm.org/doi/10.1145/3719027.3765033 
+ </t>
+  </si>
+  <si>
+    <t>How can we improve privacy in AI applications?</t>
+  </si>
+  <si>
+    <t>New methods for private and effective AI systems</t>
+  </si>
+  <si>
+    <t>My Netidee-funded PhD project develops new approaches to strengthen data privacy in Federated Learning without sacrificing model performance. All results, tools, and workflows will be released as open source to support responsible and transparent AI development.</t>
+  </si>
+  <si>
+    <t>I am very grateful to receive the Netidee scholarship to support the completion of my PhD dissertation, “Advancing Privacy in Federated Learning.” This funding enables me to deepen my research into one of today’s most critical challenges in machine learning: ensuring strong data privacy without compromising model performance.
+Federated Learning (FL) and Differential Privacy (DP) are two foundational technologies for privacy-preserving AI. FL enables models to be trained collaboratively without moving raw data, while DP provides formal guarantees that individual information cannot be reverse-engineered from model updates. However, stronger privacy protection typically leads to reduced model accuracy, especially in real-world settings where data across users is highly diverse and non-IID.
+My research focuses on closing this gap. The goal of the project is to develop new methods that improve the privacy–utility trade-off in Federated Learning. By better integrating DP mechanisms into the FL process, the project aims to make it possible to train AI systems that are both private and effective, even under challenging data distributions.
+A central contribution of this work will be the creation of open-source, publicly available tools and reproducible workflows. These resources will support developers, researchers, and organizations in adopting privacy-preserving techniques more easily and responsibly. Beyond academic impact, the project aims to empower the broader AI community to implement privacy by design in real applications — particularly in domains such as healthcare, where sensitive data is at the core of innovation.
+With the support of Netidee, I will conduct extensive experimental evaluations, compare the proposed methods to state-of-the-art baselines, and publish the resulting insights as part of my dissertation. All scientific outputs, code, and documentation will be openly accessible to contribute to transparent and trustworthy AI innovation.
+This work aligns strongly with Netidee’s mission of fostering an open, secure, and privacy-respecting digital ecosystem. I am thankful for the opportunity to advance research that supports responsible AI development in Austria and beyond.</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Privacy</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>Projekt Call #20</t>
+  </si>
+  <si>
+    <t>Community Project</t>
+  </si>
+  <si>
+    <t>RxAngular</t>
+  </si>
+  <si>
+    <t>**Wer sind wir?** Michael Hladky und sein Team beschäftigen sich bereits seit mehr als 10 Jahren mit der Entwicklung und Anwendung von innovativen Web-Technologien zur Beschleunigung von browserbasierten Anwendungen. Motivation: Wartezeiten aufgrund von Performancemängel sollen der Vergangenheit angehören.
+**Für wen ist es?** Das Anwendungsgebiet unserer Entwicklung liegt generell bei browserbasierten Anwendungen - sowohl online (z.B. Webshop) als auch offline (z.B. Multimediasystem im Auto). Unsere Entwicklung richtet sich an Anbieter:innen bzw. Entwickler:innen dieser Anwendungen, um deren Benutzer:innen die bestmögliche Nutzungserfahrung (z.B. ununterbrochene App-Response) bieten zu können.
+**Was ist es?** Bei Seiten-Ladezeiten &gt;3s brechen 53% der Nutzenden den Ladevorgang ab (Google 2017). RxAngular löst das Problem der Verarbeitung und Darstellung von großen Datenmengen bei gleichzeitiger Gewährleistung von dauerhafter User-Interaktivität. Mit RxAngular ist es möglich, auch bei gegebenen System-Limitationen und Randbedingungen (z.B. begrenzte Prozessorleistung) stets die bestmögliche Performance und den höchstmöglichen Datendurchsatz zu erreichen und so negative Nutzungserlebnisse zu verhindern.
+**Wie funktioniert es?** Mit RxAngular werden in einem umfassenden Toolset neue Verfahren und Algorithmen zur Beschleunigung und Optimierung der Runtime Performance von browserbasierten Anwendungen entwickelt. Herzstück sind neuartige Verfahren zur unterbrechungsfreien, intelligenten Aufteilung und Priorisierung von Datenströmen mit neuentwickelten Konzepten wie Frame-Budget-Metrik, Task Abortion oder intell. Coalescing+Scoping.</t>
+  </si>
+  <si>
+    <t>SW-Bibliothek</t>
+  </si>
+  <si>
+    <t>Big Data</t>
+  </si>
+  <si>
+    <t>Internet Messungen</t>
+  </si>
+  <si>
+    <t>LLM Agents for Offensive Security: Why?</t>
+  </si>
+  <si>
+    <t>Why Am I Doing This?</t>
+  </si>
+  <si>
+    <t>Why did I start my research into using LLMs for Offensive Security (Pen-Testing/Hacking)?</t>
+  </si>
+  <si>
+    <t>Ensuring software and systems are secure has never been more critical. Offensive security tests, often referred to as penetration tests (pen-tests), are routinely employed as a proactive measure to discover potential vulnerabilities in software and networks. They are performed by specialized security experts known as white-hat hackers or pen-testers.
+As modern society connects more devices to the Internet, the attack surface of systems is constantly expanding. This expansion makes consistent and thorough security assessments crucial to identify and remediate vulnerabilities before they are exploited by malicious actors. 
+The Cybersecurity Professional Gap
+Despite the need of comprehensive security testing, the cybersecurity field, particularly in specialized areas like penetration testing, is facing a chronic lack of available personnel. This significant shortage prevents organizations from achieving sufficient security test coverage across their software and networks. Without knowing that there are vulnerabilities, people cannot fix them.
+This deficit is not static; it is rapidly escalating. According to the ISC2 Cybersecurity Workforce Study 2024, the growth of the global cybersecurity workforce (+0.1% Year-over-Year, or YoY) was dramatically outpaced by the increase in the workforce gap (19.1% YoY). The industry is grappling with a massive deficit, estimated at 4.7 million workers globally. Increased enrollment in IT security educational programs is a necessary long-term objective, improving the efficiency of existing pen-testers through specialized tooling is an equally critical short-term solution.
+When organizations fail to perform sufficient security assessments, they remain dangerously exposed to potential exploitation. The lack of available pen-testers means organizations cannot achieve the sufficient security test coverage, increasing the risk that vulnerabilities will be discovered and exploited by malicious actors. The consequences can be severe, with ransomware being one of the most publicly visible types of security incidents. Data indicates that 63% of businesses worldwide were affected by ransomware in 2025.
+Can AI/LLMs help with this Situation?
+LLMs have garnered significant attention for their ability to automate human tasks and substantially increase the productivity of human operators.
+Consequently, their potential is increasingly being explored within the context of penetration testing. The fundamental vision of ML-aided security testing involves two primary approaches: replacing human activities by autonomously delegating tasks to the AI, or augmenting human activities by providing real-time feedback and support. My research seeks to align tooling and methods with the specific needs and workflows of security professionals.
+Making Pen-Testers more Productive
+Research aims to augment and empower existing human security testers. Automation directly improves efficiency, enabling pen-testers to cover more ground, whether through deeper investigation of a single target or by covering a larger number of targets within the same timeframe. In addition, automation helps establish a stable baseline quality for testing results, ensuring that outcomes are not negatively influenced by the natural fluctuations in a human tester's daily energy or attention level.
+A key idea arising from interviews with security professionals is the use of the LLM as an “AI sparring partner”. Human pen-testers often value having colleagues who can offer alternative ideas or strategies when they encounter roadblocks. AI-based agents fulfilling this "sparring partner" role can effectively counteract the chronic lack of sufficiently educated security professionals available in the industry.
+LLMs are exceptionally well-suited for automating tedious, time-consuming tasks like enumeration and privilege escalation. These tasks can range from low-level activities, such as providing context-sensitive command parameter completion and explaining tool outputs, to high-level functions like summarizing overall test progress or suggesting next attack avenues.
+Democratizing Access to Security Testing
+By providing automation capabilities that approaches human performance, LLM-guided penetration testing holds the potential to substantially reduce the costs of security tests. This opens a viable path toward democratizing access to security testing, esp. for organizations that currenlty cannot afford it (e.g., NPOs or SMEs) due to the high costs of penetration-testing.
+If the operational costs of LLM-driven prototypes for testing simple networks or finding low-hanging security fruits are competitive with those incurred by human experts, using LLMs to automate and delegate some testing (baselines used for human pen-testers) becomes viable.
+Beyond serving organizations with limited security budgets, augmenting human operators with generative AI is also anticipated to benefit the training of novice penetration testers and aspiring students, essentially acting as automated trainers and resource amplifiers in educational settings.
+ </t>
+  </si>
+  <si>
+    <t>LLM, Security, Pen-Testing, Hacker</t>
+  </si>
+  <si>
+    <t>27.11.2025</t>
+  </si>
+  <si>
+    <t>KI in der Beschaffung &amp; Beschaffung von KI                                                 |  AI in Procurement &amp; Procurement of AI</t>
+  </si>
+  <si>
+    <t>Eine Betrachtung der Schnittmenge von Künstlicher Intelligenz und Vergaberecht  |  A discussion of the intersection of artificial intelligence and public procurement law</t>
+  </si>
+  <si>
+    <t>Die Masterarbeit untersucht die Schnittmenge zwischen Künstlicher Intelligenz (KI) und dem öffentlichen Auftragswesen. Einerseits wird analysiert, wie öffentliche Auftraggeber:innen KI rechtssicher beschaffen können, andererseits wird das Potenzial beleuchtet, wie KI selbst das öffentliche Auftragswesen digital transformieren könnte – etwa durch mehr Transparenz, Effizienz und eine stärkere Antikorruptionswirkung. Ziel ist es, regulatorische Herausforderungen, praxisrelevante Fragestellungen und rechtspolitische Potenziale kritisch zu beleuchten. Dabei werden auch der internationale Forschungsstand sowie vergleichende Beispiele aus anderen Ländern einbezogen. Die Arbeit soll einen interdisziplinären Beitrag zur Weiterentwicklung eines zukunftsfähigen, digitalen Vergaberechts leisten.
+The master’s thesis examines the intersection between artificial intelligence (AI) and public procurement. On the one hand, it analyses how public contracting authorities can procure AI in a legally compliant manner; on the other hand, it explores the potential for AI to digitally transform public procurement itself—for example, through greater transparency, efficiency, and anti-corruption effects. The aim is to critically address regulatory challenges, practice-relevant questions, and legal policy potentials. The thesis also takes into account the international state of research as well as comparative examples from other countries. Overall, the work seeks to make an interdisciplinary contribution to the further development of a future-proof, digital public procurement framework.</t>
+  </si>
+  <si>
+    <t>Masterarbeit</t>
+  </si>
+  <si>
+    <t>AI | KI</t>
+  </si>
+  <si>
+    <t>AI Law, Künstliche Intelligenz /AI / Machine Learning, Public Procurement Law, Vergaberecht</t>
+  </si>
+  <si>
+    <t>Öffentliche Hand, Politik, thematische Community</t>
+  </si>
+  <si>
+    <t>26.11.2025</t>
+  </si>
+  <si>
+    <t>Intellectual Property Protection in Open Data Sharing</t>
+  </si>
+  <si>
+    <t>Intellectual Property Protection for Trustworthy Digital Society</t>
+  </si>
+  <si>
+    <t>Blog #1 | Intellectual Property Protection in Open Data Sharing</t>
+  </si>
+  <si>
+    <t>A tiny mark on your data could shape the future of digital trust.</t>
+  </si>
+  <si>
+    <t>In today’s world, data is copied, shared, and reused at an unprecedented speed. A single dataset can travel across continents in seconds, be integrated into new products, or quietly shape decisions made by algorithms that affect millions of people. Yet despite this immense value, there is still no reliable way to answer a simple question: Who owns this data, and who is responsible when it is misused?
+For centuries, societies have developed tools to protect ownership of creative work. We have copyright laws, watermarks on paintings, signatures on documents, just to name a few. But as more of our economy moves into the digital realm, these traditional safeguards struggle to keep up. Digital files and images can be duplicated perfectly and endlessly. A dataset shared with one partner today might resurface years later in the hands of someone entirely different. And when data is leaked, stolen, or misappropriated, tracing responsibility is a big challenge. Companies, researchers, and public institutions hesitate to share valuable data, fearing a loss of control. Citizens worry about how their information is handled. Regulators face growing pressure to enforce digital rights but lack practical mechanisms to verify who had which data and when.
+Digital watermarking to the rescue
+Instead of trying to lock data away, data watermarking embeds an invisible “signature” directly into the dataset itself. Each shared copy carries a unique marker that identifies its rightful owner and the specific recipient it was shared with. If the data shows up somewhere unexpected, the watermarks offer a capability that can reveal the owner, the source, and the path the data took. In other words, it enables traceability, a core requirement for a trustworthy data ecosystem.
+The idea echoes historical practices: cartographers once marked maps to detect copyright violations [1], and paper manufacturers marked their produced paper as an early form of trademark [2]. But applying similar ideas to digital data requires new technical imagination. Digital watermarking must survive transformations, usage, and analysis, and it must integrate with legal frameworks addressing the intellectual property rights [3].
+Figure 1. Watermarks through the history: antique paper presumably made in the 16th century in Italy; trap streets on an LA map by Thomas Brotehter Map Co. in 1966; digital watermark on a photograph by shutterstock.com
+Why does IP protection matter?
+Data sharing powers everything from medical research to media, from AI development to public administration. Without mechanisms to ensure responsible use, society risks either over-sharing (and losing control) or under-sharing (and losing innovation). Data watermarking contributes to a future where data can be shared confidently, where misuse can be detected, and where digital resources remain trustworthy.
+Solid, transparent, and technically sound solutions are crucial. Data watermarking has already become one of the key building blocks of this next phase: a safer, fairer, and more accountable digital world.
+This dissertation, therefore, strives to improve the robustness and usability of Intellectual Property Protection technologies and aims to provide their full open-source code for facilitating future development. 
+[1] Alexander, I., 2023. Copyright and Cartography: History, Law, and the Circulation of Geographical Knowledge (p. 352). Bloomsbury Academic.
+[2] Müller, L., 2021. Understanding paper: Structures, watermarks, and a conservator’s passion. Harvard Art Museum.
+[3] Graux, H., 2024. What is Data Ownership, and Does it Still Matter Under EU Data Law?: An Exploration of Traditional Concepts of Data Ownership, and of the Expected Impact of the Data Act. Publications Office of the European Union.</t>
   </si>
   <si>
     <t>Blog netidee</t>
   </si>
   <si>
-    <t>Das Eventvideo zum netidee Talk 2024</t>
-[...67 lines deleted...]
-    <t>Distributed Systems</t>
+    <t>Das sind die Geförderten von Call 20!</t>
+  </si>
+  <si>
+    <t>Der Förderbeirat der netidee Förderungen, Österreichs großer Internet-Förderaktion, hat aus 138 Anträgen 18 Projekte und 10 Stipendiat:innen ausgewählt, welche insgesamt eine Summe von rund 1 Million Euro zur Förderung des Internets in Österreich erhalten.</t>
+  </si>
+  <si>
+    <t>1,4 Millionen Euro für innovative Projekte, Stipendien und Forschung
+Der Förderbeirat der netidee Förderungen, Österreichs großer Internet-Förderaktion, hat aus 138 Anträgen 18 Projekte und 10 Stipendiat:innen ausgewählt, welche insgesamt eine Summe von rund 1 Million Euro zur Förderung des Internets in Österreich erhalten.
+„Seit bereits 20 Jahren wird mit der Förderaktion netidee die Weiterentwicklung des Internets in Österreich unterstützt“, so Andreas Koman, Leiter der Förderaktion und Vorstandsvorsitzender der Internet Stiftung. „Und auch heuer hat der Förderbeirat wieder spannende, innovative und gesellschaftlich wertvolle Projekte ausgewählt. Wie üblich, werden alle Ergebnisse der Förderungen der Allgemeinheit kostenfrei als Open-Source zur Verfügung gestellt. Damit können sie von allen genutzt und weiterentwickelt werden und noch mehr Menschen vom Internet profitieren“, so Koman weiter.
+Die geförderten Projekte befassen sich u.a. mit dem Digital Service Act der EU zur Bekämpfung von illegalen Inhalten auf Plattformen, dem Aufbau von drohnengestützten Open-Source Kommunikationssystemen, der effizienten und datenschutzfreundlichen Anwendung von KI-Modellen, einer Whistleblower-Plattform für Kinderschutz in Organisationen, KI-gestützten Lernumgebungen, der hochperformanten Verarbeitung und Anzeige von Informationen im Web und einem E-Book-Reader für Gehörlose.
+Die Themen der geförderten Stipendiat:innen sind u.a. Quantencomputing, die Erhöhung der Effizienz von Cybersecurity-Tester*innen mittels KI, das Internet-of-Things Ecosystem und der Einsatz von KI in der öffentlichen Beschaffung.
+Sonderpreis für „Datenintegrität im Internet“ für Projekt zum Digital Service Act der EU
+Zusätzlich zur Projektförderung vergibt die netidee Förderaktion auch Sonderpreise, die mit 3.000 Euro dotiert sind. Dieser wurde heuer an ein herausragendes Projekt zum Thema „Datenintegrität im Internet“ vergeben.
+Der Förderbeirat vergab den Preis an das Projekt „DSA Monitor – Wissens- und Analyse-Hub für evidenzbasiertes DSA-Enforcement“ des ÖIAT. Dieses Projekt beschäftigt sich mit der Umsetzung des Digital Service Act (DSA) der EU, der darauf abzielt, die Verbreitung illegaler Inhalte auf digitalen Plattformen zu regulieren und die Anbieter solcher Dienste stärker in die Pflicht zu nehmen. Erstellt werden regulatorisch verwertbare Analysen und ein DSA Toolkit zur Bündelung relevanter Ressourcen. Zudem wird die Vernetzung zentraler DSA Stakeholder ermöglicht. Ein besonderer Fokus liegt auf Kinder- und Jugendschutz sowie den Herausforderungen für sog. Trusted Flagger, also anerkannte Meldestellen. Themen wie algorithmische Risiken, „Addictive Design“ und personalisierte Werbung werden untersucht. Damit wird der Hub zu einer sichereren Internetnutzung beitragen, den Kinder- und Jugendschutz stärken und die Arbeitsgrundlagen für Trusted Flagger verbessern.
+Martin-Prager-Integrationspreis an Projekt zur digitalen Inklusion
+Auch heuer wurde der Martin-Prager-Integrationspreis in Höhe von 3.000 Euro vergeben. Dieser wurde in Gedenken an den verstorbenen Stiftungsrat der Internet Stiftung, KR Ing. Martin Prager, ins Leben gerufen. Der Preis wird an jenes geförderte Projekt vergeben, das am besten auf eine Stärkung der digitalen Teilhabe sowie die Nutzung des Internets für integrative Zwecke abzielt.
+Der Förderbeirat vergab den Preis an das Projekt „eqREADER“ von equalizent Media. Dabei wird ein E-Book-Reader entwickelt, der Texte durch Tooltips mit Gebärdensprache ergänzt. Beim Anklicken eines Wortes öffnet sich ein Videofenster, in dem die entsprechende Gebärde angezeigt wird. Auf diese Weise wird das Lesen für gehörlose Personen erleichtert und Bücher im EPUB-Format werden barriereärmer zugänglich. Als Open-Source-Projekt kann der eqREADER frei weiterentwickelt werden, etwa durch die Integration eines Bildwörterbuchs oder die Anpassung an weitere Zielgruppen wie Kinder.
+netidee Science Förderung von 400.000 Euro an Forschungsprojekt des Complexity Science Hub
+Die netidee Science Förderung wird jährlich von der Internet Stiftung dotiert und vom Fonds zur Förderung der wissenschaftlichen Forschung (FWF) vergeben. Den Zuschlag erhielt heuer Frank Neffke für sein Forschungsprojekt über die Skills und die Geografie von Software-Startups. „Die Förderung von Projekten wie jenem von Frank Neffke ist ein zentraler Bestandteil unserer Mission, die digitale Kompetenz und Innovationskraft in Österreich zu stärken. Indem wir die geografischen und wirtschaftlichen Dynamiken der Software-Entwicklung besser verstehen, können wir gezielt dazu beitragen, Österreich als führenden Standort in der digitalen Wirtschaft zu etablieren und die technologische Souveränität Europas zu fördern“, so Andreas Schildberger, Vorstandsmitglied der Internet Stiftung.
+Hier eine Liste mit allen Geförderten des netidee Call 20 aus dem Jahr 2025.  Auf den verlinkten Projektseiten findet man ausführliche Einblicke in die Projekte und Stipendien - es werden regelmäßige Blogbeiträge über ihre Fortschritte verfasst.
+Projekte: 
+	OSMD Braille
+	somes 
+	DSA-Monitor
+	Topokurator
+	Digi:Heldinnen
+	Faircamp 2.0
+	DroneLink
+	eIDAS Monitor
+	IndeRun
+	SovereignSOC
+	Die Hinweisbox
+	RxAngular
+	computor
+	Qriouso
+	Python-Buch
+	WebDataIntegrity
+	aula
+	eqREADER
+Stipendien: 
+	Ne bis in idem im Verhältnis zwischen Digital Markets Act (DMA) und Art 102 AEUV 
+	Hardware Design for Post-Quantum Cryptography and Homomorphic Encryption 
+	Learning in the Quantum Regime 
+	Hidden Dangers: Uncovering Security and Privacy Risks through Large-scale Mobile App Analysis 
+	Analyzing and Understanding the Internet of Insecure Things 
+	Advancing Privacy in Federated Learning 
+	Empowering Data Ownership and Intellectual Property Protection in Open Data Sharing 
+	KI in der Beschaffung &amp; Beschaffung von KI 
+	QUDAPI: Efficient Data Pipeline in Quantum-enhanced Cloud Computing 
+	LLM Agents for Offensive Security
+netidee_folder_25.
+ </t>
+  </si>
+  <si>
+    <t>LLM Agents for Offensive Security</t>
+  </si>
+  <si>
+    <t>"What could go wrong?"</t>
+  </si>
+  <si>
+    <t>We use AI/LLMs to make security testing more efficient. Our goal is to automate tedious tasks to reduce the chronic stress put on penetration-testers while broadening the access to security testing.</t>
+  </si>
+  <si>
+    <t>In today's interconnected digital world, ensuring software and systems are secure has never been more critical. A primary defense against malicious actors is performing offensive security assessments, known as penetration tests (pen-tests), which identify vulnerabilities before they can be exploited.
+Alas, this vital practice is severely hampered by a pervasive challenge: a chronic and increasing global shortage of skilled cybersecurity personnel, often referred to as white-hat hackers or pen-testers. My research is focused on tackling this problem by leveraging the power of Large Language Models (LLMs) --- the technology behind modern AI --- to automate security testing with the goal of improving the efficiency and coverage of security checks.
+I've started my PhD by investigating how hackers' work to better understand the problems and constraints that they are facing. In 2023, I've started to analyze the potential of using LLMs for automating hacking work, with empirical prototypes in Linux and Windows Enterprise networks. Now that I've seen that LLMs are capable of autonomously performing security tasks, I will both investigate how to improve the consistency and reliability of autonomous LLM-driven pen-testing as well as the application of LLM-techniques to interactively augment professional penetration-testers.</t>
+  </si>
+  <si>
+    <t>Dissertation | PhD, Proof of Concept</t>
+  </si>
+  <si>
+    <t>MIT, CC-BY</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Network Security</t>
   </si>
   <si>
     <t>Technische Universität Wien</t>
   </si>
   <si>
-    <t>Start-ups, Systemintegratoren, Techniker:innen, thematische Community</t>
-[...162 lines deleted...]
-    <t>22.09.2025</t>
+    <t>Labore, Techniker:innen</t>
+  </si>
+  <si>
+    <t>Code, Code</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -705,74 +748,74 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="103.689" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="21" max="21" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="310.21" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="937.771" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="82.408" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="26" max="26" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -823,542 +866,554 @@
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
         <v>2025</v>
       </c>
-      <c r="B2"/>
-      <c r="C2"/>
+      <c r="B2">
+        <v>7761</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
-      <c r="O2"/>
+      <c r="O2" t="s">
+        <v>31</v>
+      </c>
       <c r="P2"/>
-      <c r="Q2"/>
-[...4 lines deleted...]
-      <c r="V2"/>
+      <c r="Q2" t="s">
+        <v>32</v>
+      </c>
+      <c r="R2" t="s">
+        <v>33</v>
+      </c>
+      <c r="S2" t="s">
+        <v>34</v>
+      </c>
+      <c r="T2" t="s">
+        <v>35</v>
+      </c>
+      <c r="U2" t="s">
+        <v>36</v>
+      </c>
+      <c r="V2" t="s">
+        <v>37</v>
+      </c>
       <c r="W2"/>
-      <c r="X2"/>
+      <c r="X2" t="s">
+        <v>38</v>
+      </c>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
-      <c r="B3"/>
-      <c r="C3"/>
+      <c r="B3">
+        <v>7761</v>
+      </c>
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="L3"/>
-      <c r="M3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="M3" t="s">
+        <v>42</v>
+      </c>
+      <c r="N3"/>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
       <c r="Y3"/>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B4">
-        <v>7207</v>
+        <v>7832</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
-      <c r="Y4"/>
+      <c r="Y4" t="s">
+        <v>49</v>
+      </c>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B5">
-        <v>7442</v>
+        <v>7996</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="R5" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="S5"/>
       <c r="T5" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="U5" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="V5"/>
       <c r="W5"/>
       <c r="X5" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="Y5"/>
-      <c r="Z5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B6">
-        <v>7285</v>
+        <v>7733</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B7">
-        <v>7442</v>
+        <v>7977</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="N7"/>
-      <c r="O7" t="s">
-[...6 lines deleted...]
-      <c r="R7"/>
+      <c r="O7"/>
+      <c r="P7"/>
+      <c r="Q7" t="s">
+        <v>66</v>
+      </c>
+      <c r="R7" t="s">
+        <v>67</v>
+      </c>
       <c r="S7"/>
-      <c r="T7"/>
-[...1 lines deleted...]
-      <c r="V7"/>
+      <c r="T7" t="s">
+        <v>68</v>
+      </c>
+      <c r="U7" t="s">
+        <v>69</v>
+      </c>
+      <c r="V7" t="s">
+        <v>37</v>
+      </c>
       <c r="W7"/>
-      <c r="X7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="X7" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B8">
-        <v>7237</v>
+        <v>7859</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
-      <c r="O8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O8"/>
       <c r="P8"/>
-      <c r="Q8" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="Q8"/>
+      <c r="R8"/>
+      <c r="S8"/>
+      <c r="T8"/>
+      <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
-      <c r="X8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X8"/>
       <c r="Y8"/>
-      <c r="Z8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B9">
-        <v>7232</v>
+        <v>7859</v>
       </c>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="N9" t="s">
         <v>74</v>
       </c>
+      <c r="N9"/>
       <c r="O9" t="s">
         <v>75</v>
       </c>
       <c r="P9" t="s">
         <v>76</v>
       </c>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
-      <c r="Y9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
-      <c r="Y10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B11">
-        <v>7353</v>
+        <v>7733</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11"/>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11"/>
+      <c r="Q11" t="s">
+        <v>84</v>
+      </c>
+      <c r="R11" t="s">
+        <v>85</v>
+      </c>
+      <c r="S11" t="s">
         <v>86</v>
       </c>
-      <c r="N11" t="s">
+      <c r="T11" t="s">
+        <v>68</v>
+      </c>
+      <c r="U11" t="s">
         <v>87</v>
       </c>
-      <c r="O11" t="s">
-[...2 lines deleted...]
-      <c r="P11" t="s">
+      <c r="V11" t="s">
         <v>88</v>
       </c>
-      <c r="Q11"/>
-[...4 lines deleted...]
-      <c r="V11"/>
       <c r="W11"/>
-      <c r="X11"/>
+      <c r="X11" t="s">
+        <v>89</v>
+      </c>
       <c r="Y11"/>
       <c r="Z11"/>
-      <c r="AA11"/>
+      <c r="AA11" t="s">
+        <v>90</v>
+      </c>
       <c r="AB11" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">