--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,300 +98,316 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
-    <t>Event netidee</t>
-[...7 lines deleted...]
-  <si>
     <t>Blog netidee</t>
   </si>
   <si>
-    <t>Das Eventvideo zum netidee Talk 2024</t>
-[...12 lines deleted...]
-    <t>Projekt Call #19</t>
+    <t>netidee Talk 2025 und 20 Jahre netidee Förderungen in Bilder</t>
+  </si>
+  <si>
+    <t>Am 20.11.2025 fand im Rahmen des Talks die Vorstellung der neuen Geförderten statt. Das war der netidee Talk in Bildern.
+Hier können alle Bilder in hoher Auflösung heruntergeladen werden: https://www.flickr.com/photos/197062710@N06/albums/72177720330515480/</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>Projekt Call #20</t>
+  </si>
+  <si>
+    <t>Community Project</t>
+  </si>
+  <si>
+    <t>Topokurator</t>
+  </si>
+  <si>
+    <t>eine kuratorische Erweiterung für Topotheken</t>
+  </si>
+  <si>
+    <t>Topokurator - eine kuratorische Erweiterung der Topotheken</t>
+  </si>
+  <si>
+    <t>Der Topokurator ist als kostenfreies, benutzer*innenfreundliches Tool konzipiert, mit dem direkt auf die Inhalte von Topotheken zugreift. Außerdem können die Inhalte darüber anschaulich aufbereitet, dar- und ausgestellt und mit anderen Inhalten (kontextualisiert) in Beziehung gesetzt werden. Hauptziel ist es, den regionalen Sammlungen eine breitere Bühne zu bieten und ihre Erzählkraft zu stärken – ohne auf externe Tools angewiesen zu sein oder Lizenzfragen klären zu müssen.
+Wir entwickeln eine benutzer*innenfreundliche Oberfläche für Topotheken, die intuitiv und einfach zu bedienen ist. Das Tool wird in die zentrale Plattform www.topothek.at integriert und ist somit nahtlos mit bestehenden Sammlungen verbunden.
+An der Hochschule für Angewandte Wissenschaften St. Pölten bieten wir regelmäßig Workshops und Schulungen zum Topokurator an. Diese richten sich vor allem an Topothekarinnen, Lehrkräfte und Schülerinnen. Um die Einsatzmöglichkeiten einem breiten Publikum näherzubringen, präsentieren wir das Tool auf Fachveranstaltungen wie Citizen-Science-Tagungen, Researchers’ Nights und Forschungsfesten. Die Nutzung in weiteren Forschungsprojekten trägt dazu bei, den Topokurator sowohl im wissenschaftlichen als auch im gesellschaftlichen Kontext als etabliertes Werkzeug zu verankern.
+Zielgruppen:
+- Organisationen: Redaktionen von Topotheken und Regionalmuseen, die ein einfaches Werkzeug zur Präsentation ihrer Inhalte benötigen.
+- Citizen Science &amp; Open Source Community: Wissenschaftler*innen und Projekte mit Bürger*innenbeteiligung, die ihre Daten kontextualisieren und breitenwirksam präsentieren möchten.
+- Privatpersonen &amp; Schulen: Lehrkräfte und Schüler*innen, die Recherchen durchführen und ihre Ergebnisse/Erkenntnisse nachvollziehbar und leicht zugänglich darstellen wollen.</t>
+  </si>
+  <si>
+    <t>FH St. Pölten</t>
+  </si>
+  <si>
+    <t>Erwachsene, Jugendliche, Schüler:innen, thematische Community</t>
+  </si>
+  <si>
+    <t>21.01.2026</t>
+  </si>
+  <si>
+    <t>Die Hinweisbox</t>
+  </si>
+  <si>
+    <t>Whistleblower-Plattform für Kinderschutz in Organisationen</t>
+  </si>
+  <si>
+    <t>Die Hinweisbox ist eine datensichere, einfach nutzbare Whistleblower-Plattform für den Kinderschutz. Sie ermöglicht anonyme, verschlüsselte Meldungen zu Gewalt, Missbrauch oder Fehlverhalten ohne Risiko für Hinweisgeber*innen.</t>
+  </si>
+  <si>
+    <t>Häufig werden Übergriffe, Gewalt oder Fehlverhalten nicht gemeldet, weil die Betroffenen Angst vor Folgen haben.
+Für ein wirksames Beschwerdewesen braucht es einen anonymen Kanal. Bei Beschwerdebriefkästen sind keine Rückfragen und aufgrund der Örtlichkeit oft keine Anonymität möglich. Viele Vereine stehen dabei vor großen technischen und finanziellen Hürden. Bestehende Lösungen sind oft zu komplex oder zu teuer. Ein zentrales Element bei Kinderschutzkonzepten, die von vielen Vereinen umgesetzt werden, ist ein niederschwelliges Beschwerdewesen, bei dem Gewalt, Missbrauch und Fehlverhalten gegenüber Kindern anonym gemeldet werden können. Viele Vereine setzen Schutzkonzepte trotz Ressourcenmangels um und agieren mit minimalen personellen und finanziellen Mitteln. Sie können kein anonymes Beschwerdetool erstellen und kein kostenloses Modul von IT-Leuten in ihre Website einbauen lassen. 
+Die Hinweisbox ist eine für Vereine und kleine Organisationen konzipierte datensichere Plattform, über die sie anonyme Hinweise empfangen und bearbeiten können – rechtskonform, transparent und vertraulich. Sie ist mit minimalem organisatorischem Aufwand nutzbar, benötigt keinerlei IT-Kenntnisse für Einrichtung oder Betrieb und ist durch eine geringe Jahresgebühr finanziell für jeden Verein leistbar. Durch die niederschwellige, anonyme Meldemöglichkeit der Hinweisbox werden Vorfälle gemeldet, die mit verpflichtender Namensnennung nicht vorgebracht werden würden. So ist es möglich, dass gewaltbetroffenen Kinder Hilfe bekommen und Gewaltsituationen beendet werden können. 
+Das Alleinstellungsmerkmal unserer Lösung ist die konsequente Ausrichtung auf die Bedürfnisse kleiner und mittlerer Organisationen: einfache Einrichtung ohne IT-Kenntnisse, volle Anonymität für Hinweisgeber, klare Fallbearbeitung mit Vieraugenprinzip und ein leistbares Preismodell. Im Gegensatz zu bestehenden Lösungen ist unsere Plattform sofort einsatzbereit, verständlich aufgebaut und speziell für den Vereinskontext optimiert – datensicher, kostengünstig und praxisnah.
+www.hinweisbox.at
+ECPAT Österreich ist eine von 13 Mitglieds-NGOs getragene Fachstelle, die sich gegen sexuelle Ausbeutung und Gewalt an Kindern einsetzt und wirksame Lösungen umsetzen will. Wir haben durch ein EU-Projekt und die Plattform www.schutzkonzepte.at maßgeblich zur Verbreitung von Kinderschutzkonzepten in Österreich beigetragen. / www.ecpat.at
+HI1 ist eine Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Vermarktung, Entwicklung, Optimierung und Beratung. / www.hi1.at</t>
+  </si>
+  <si>
+    <t>Informationsplattform, Initiative |Aktion</t>
+  </si>
+  <si>
+    <t>Datenbank, Java, SQL</t>
+  </si>
+  <si>
+    <t>Kinderschutz</t>
+  </si>
+  <si>
+    <t>Eltern, Erwachsene, Jugendliche, Kinder</t>
+  </si>
+  <si>
+    <t>20.01.2026</t>
   </si>
   <si>
     <t>Blog</t>
   </si>
   <si>
-    <t>Hate doesn't only speak English</t>
-[...100 lines deleted...]
-The source code for Databelt is available on GitHub, and additional details can be found in our paper.
+    <t>Whoidentifies.me</t>
+  </si>
+  <si>
+    <t>Transparenz für Europas digitale Identität</t>
+  </si>
+  <si>
+    <t>Nach den Plänen der EU soll Digitale Identität  zu einem zentralen Bestandteil unseres Lebens und unseres Online-Alltags  werden. Mit der eIDAS-Verordnung wird die bisherige ID Austria Teil eines neuen EU-weiten Systems, der European Digital Identity (EUDI) Wallet. Künftig sollen Bürger:innen ihre staatlich beglaubigte Identität und andere Eigenschaften europaweit einsetzen können: bei Behörden, Banken, Versicherungen, Arbeitgebern, Verkehrsunternehmen oder großen Online-Plattformen. dereIDAS MonitorWas dabei bislang fehlt, ist Transparenz: Wer fragt welche Daten ab, zu welchem Zweck und in welchem Ausmaß? Genau hier setzt unser neues Projekt an; mit der Entwicklung eines eIDAS-Monitors unter dem Namen WhoIdentifies.me.</t>
+  </si>
+  <si>
+    <t>Nach den Plänen der EU soll Digitale Identität zu einem zentralen Bestandteil unseres Lebens und unseres Online-Alltags werden. Mit der eIDAS-Verordnung wird die bisherige ID Austria Teil eines neuen EU-weiten Systems, der European Digital Identity (EUDI) Wallet. Künftig sollen Bürger:innen ihre staatlich beglaubigte Identität und andere Eigenschaften europaweit einsetzen können: bei Behörden, Banken, Versicherungen, Arbeitgebern, Verkehrsunternehmen oder großen Online-Plattformen. Was dabei bislang fehlt, ist Transparenz: Wer fragt welche Daten ab, zu welchem Zweck und in welchem Ausmaß? Genau hier setzt unser neues Projekt an; mit der Entwicklung eines eIDAS-Monitors unter dem Namen Whoidentifies.me.
+WhoIdentifies.me ist eine Open-Data-Transparenzplattform für digitale Identitäts-Wallets. Sie macht sichtbar, welche Unternehmen und staatlichen Stellen digitale Identitätssysteme nutzen, welche personenbezogenen Daten sie abfragen und wofür diese Daten verwendet werden. Grundlage dafür sind die öffentlich zugänglichen und gesetzlich vorgeschriebenen Schnittstellen der nationalen eIDAS-Register in allen EU-Mitgliedsstaaten. Diese bislang fragmentierten und schwer zugänglichen Informationen bereiten wir erstmals europaweit vergleichbar, verständlich und durchsuchbar auf. So entsteht ein Frühwarnsystem für digitale Grundrechte.
+Mit der Umstellung auf eIDAS werden Nutzer:innen nationaler ID Systeme wie der ID Austria künftig mit Datenanfragen aus dem gesamten EU-Binnenmarkt konfrontiert; häufig nach sensiblen, staatlich beglaubigten personenbezogenen Informationen. Da das eIDAS System in vielen Lebensbereichen von Gesundheit, Verkehr und Telekommunikation eingesetzt werden soll, steigen auch die Risiken von Missbrauch, Diskriminierung, Zweckentfremdung, dem Ausschluss vulnerabler Gruppen und die Gefahr der Diskriminierung von Menschen ohne Smartphone, Pass oder digitaler Identität. Whoidentifies.me schafft hier die notwendige Datenbasis, um problematische Entwicklungen frühzeitig zu erkennen und öffentlich zu diskutieren, bevor Schaden entsteht. Personalisierte Warnmeldungen erlauben der interessierten Öffentlichkeit Echtzeit-Informationen über relevante Entwicklungen im Ökosystem noch lange bevor Nutzer:innen mit Anfragen nach ihren persönlichen Informationen konfrontiert werden.
+Die Plattform richtet sich insbesondere an Konsument:innen- und Datenschutzorganisationen. Deren Arbeit soll durch den einfachen Zugang zu Echtzeitinformationen über das gesamte eIDAS Ökosystem künftig einfacher werden, um etwaige Missstände frühzeitig zu erkennen und zu beheben. Auch NGOs, die sich für vulnerable Gruppen wie Senior:innen, Menschen mit Behinderung oder Migrant:innen einsetzen, erhalten einen entscheidenden Informationsvorteil, um relevante Anwendungsfälle frühzeitig zu erkennen und darauf zu reagieren. Gleichzeitig profitieren Wissenschaft und Öffentlichkeit erstmals von einem vollständigen, europaweiten Überblick über das eIDAS-Ökosystem. Auch Unternehmen gewinnen durch ein transparentes und vertrauenswürdiges Umfeld, ohne Missbrauch und Diskriminierung.
+Whoidentifies.me wird als freie Software entwickelt. Der gesamte Quellcode sowie alle gesammelten Daten stehen offen zur Verfügung und können auch dezentral genutzt werden. Die Anforderungen für die Plattform wurden gemeinsam mit betroffenen NGOs und Wissenschaftler:innen verschiedener Sektoren erstellt und werden über die 1,5 jährige Projektlaufzeit kontinuierlich weiterentwickelt.
+Hinter dem Projekt steht epicenter.works, ein gemeinnütziger Verein, der sich seit über 15 Jahren für den Schutz von Grund- und Freiheitsrechten im digitalen Raum einsetzt. Seit 2017 arbeiten wir intensiv an digitalen Identitätssystemen auf europäischer Ebene und bringen unser rechtliches wie technisches Fachwissen in Gesetzgebungs- und Standardisierungsprozesse ein.
+Digitale Identität wird unsere Internetnutzung nachhaltig verändern. Ob dieses System letztlich Vertrauen und stärkere Selbstbestimmung schafft oder Über-Identifizierung, Kontrolle und Diskriminierung verstärken wird, hängt entscheidend von einer transparenten und grundrechtsbasierten Umsetzung ab. Mit Whoidentifies.me wollen wir dafür sorgen, dass zumindest alle faktenbasiert den Einfluss des Systems auf die Gesellschaft diskutieren können.</t>
+  </si>
+  <si>
+    <t>digital identity, Transparency, Data Protection</t>
+  </si>
+  <si>
+    <t>15.01.2026</t>
+  </si>
+  <si>
+    <t>Digi:Heldinnen: Es geht los!</t>
+  </si>
+  <si>
+    <t>Projektstart:  Digi:Heldinnen nimmt Fahrt auf!</t>
+  </si>
+  <si>
+    <t>Digi:Heldinnen startet durch: Ein voller Erfolg zum Auftakt!</t>
+  </si>
+  <si>
+    <t>Nach der erfolgreichen Infoveranstaltung am 12.01.2026 werten wir aktuell die zahlreichen Bewerbungen aus. Parallel wird das Curriculum adaptiert und die Lernplattform aufgebaut.</t>
+  </si>
+  <si>
+    <t>Großer Andrang bei der Informationsveranstaltung
+Am 12. Jänner 2026 fand unsere zentrale Informationsveranstaltung statt. Das Interesse war beeindruckend – zahlreiche Frauen, die als Multiplikatorinnen in ihren Regionen aktiv werden wollen, haben teilgenommen. Die Vielzahl an eingegangenen Bewerbungen zeigt deutlich, wie groß der Bedarf und die Motivation sind, die digitale Welt aktiv mitzugestalten.
+Hinter den Kulissen: Was gerade passiert
+Unser Team arbeitet derzeit mit Hochdruck daran, die bestmöglichen Rahmenbedingungen für die Ausbildung zu schaffen. Aktuell stehen folgende Punkte auf unserer Agenda:
+	Feinschliff am Curriculum: Wir adaptieren die Lerninhalte, um sie perfekt an die Bedürfnisse der Teilnehmerinnen anzupassen.
+	Logistik &amp; Planung: Termine, Abläufe und die Auswahl der Veranstaltungsorte werden finalisiert.
+	Digitale Infrastruktur: Die Lernplattform wird aufgebaut, damit der Austausch auch online reibungslos funktioniert.
+	Expert:innen-Netzwerk: Wir fixieren die letzten Referent:innen und Trainer:innen, die ihr Fachwissen praxisnah vermitteln.
+Der nächste Schritt: Die Auswahl der Teilnehmerinnen
+Wir stecken nun mitten in der Auswahl der Teilnehmerinnen. Angesichts der vielen inspirierenden Profile fällt die Entscheidung nicht leicht – wir freuen uns aber sehr darauf, bald die 20 künftigen Digi:Heldinnen bekanntzugeben!</t>
+  </si>
+  <si>
+    <t>#Digitalisierung #Senior:innen #Inklusion #Teilhabe #Innovation</t>
+  </si>
+  <si>
+    <t>14.01.2026</t>
+  </si>
+  <si>
+    <t>Digi:Heldinnen</t>
+  </si>
+  <si>
+    <t>Von der Einsteigerin zur Wissensvermittlerin</t>
+  </si>
+  <si>
+    <t>Digi:Heldinnen: Frauen erobern die digitale Welt! Seniorinnen werden zu Expertinnen für Smartphone, ID Austria &amp; KI. Im Peer-to-Peer-Ansatz geben sie ihr Wissen direkt in ihrer Region weiter. Für digitale Teilhabe &amp; Sicherheit auf Augenhöhe!</t>
+  </si>
+  <si>
+    <t>Digi:Heldinnen: Wie ältere Frauen die digitale Welt erobern und ihr Wissen weitergeben
+In einer Welt, die sich immer schneller digitalisiert, dürfen wir niemanden zurücklassen. Während staatliche Infrastrukturen wie die ID Austria oder E-Government-Services stetig ausgebaut werden, zeigt die Realität eine deutliche Lücke: Besonders Frauen in der nachberuflichen Lebensphase, vor allem in ländlichen Regionen, sind oft von dieser Entwicklung abgeschnitten. Laut aktuellen Statistiken sind etwa 20 % der Seniorinnen in Österreich „Offlinerinnen“. 
+Das Projekt „Digi:Heldinnen“, eine Initiative der Servicestelle digitaleSenior:innen des ÖIAT, setzt genau hier an, um diese digitale Kluft zu schließen und Empowerment erlebbar zu machen.
+Ein innovativer Bottom-Up-Ansatz für digitale Teilhabe
+Im Gegensatz zu klassischen „Top-Down“-Kursen, die oft oberflächlich bleiben, verfolgen die Digi:Heldinnen einen Peer-to-Peer-Ansatz. Das bedeutet: Frauen lernen von Frauen auf Augenhöhe. Die Teilnehmerinnen werden dazu ausgebildet, nicht nur selbst kompetent mit digitalen Werkzeugen umzugehen, sondern dieses Wissen als Multiplikatorinnen in ihrem Umfeld weiterzugeben. Dieser Ansatz stellt sicher, dass Lernen in vertrauten sozialen Settings stattfindet, was besonders bei älteren Menschen die Erfolgsrate und den Wissenserhalt massiv steigert.
+Praxisprojekte und offene Bildungsmaterialien
+Ein Herzstück des Projekts ist die Erprobung des Gelernten. Jede Digi:Heldin führt ein eigenes Praxisprojekt durch, bei dem sie erstmals Menschen in ihrer Gemeinde oder ihrem Freundeskreis unterstützt. Parallel dazu entsteht eine wertvolle Ressource für die Allgemeinheit: Ein Leitfaden zu hilfreichen Alltags-Apps sowie detaillierte Schritt-für-Schritt-Anleitungen für die Installation und Bedienung. Diese Ergebnisse werden unter einer Open-Source-Lizenz (CC-BY-SA) veröffentlicht, damit sie von anderen Bildungseinrichtungen und Vereinen frei genutzt und weiterverbreitet werden können.</t>
+  </si>
+  <si>
+    <t>Inclusion|Digital Devide</t>
+  </si>
+  <si>
+    <t>Senior:innen</t>
+  </si>
+  <si>
+    <t>Guess who's back?!</t>
+  </si>
+  <si>
+    <t>Überblick über erzielte Erfolge von RxAngular und Vorstellung von zukünftigen Plänen unseres Projekts</t>
+  </si>
+  <si>
+    <t>Unser Projekt RxAngular wurde schon einmal eine Förderung von Netidee zugesprochen. Da das Projekt sehr erfolgreich war, wurde es nun auch für eine Folgeförderung ausgewählt. In diesem Post erfahrt ihr, was wir bisher erreicht haben und was unsere neuen Ziele für RxAngular sind</t>
+  </si>
+  <si>
+    <t>Hallo, hier sind wir wieder!
+Da wir mit unserem Projekt RxAngular großartige Erfolg erzielen konnten, möchten wir nun daran anknüpfen und unser Projekt weiterentwickeln. Daher haben wir uns für die Folgeförderung beworben und mit großer Freude wurde uns die Förderung zugesprochen.
+Seit dem letzten Mal, hat sich unser Core Team ein bisschen verändert. Mit an Bord sind noch immer Julian, Kirill, Enea und natürlich Michael, unser Projektleiter. Neu dazugekommen ist Hanna, erfahrene Copywriterin im Bereich IT Knowhow.
+Die Anschlussförderung richtet sich weiterhin an Entwickler:innen und Unternehmen, die browserbasierte Anwendungen mit höchsten Ansprüchen an Geschwindigkeit und Nutzererlebnis erstellen. Gleichzeitig erweitern wir den Nutzen für die Allgemeinheit signifikant: Jeder Endnutzer, der eine mit RxAngular optimierte Anwendung bedient profitiert durch flüssigere und somit bessere digitale Erfahrung.
+Das ursprüngliche RxAngular löste das Kernproblem der langsamen Verarbeitung großer
+Datenmengen. Die digitale Landschaft entwickelt sich jedoch rasant weiter. Mit über 30.000 wöchentlichen Downloads und dem Einsatz in ressourcenkritischen Umgebungen wie Automotive-Multimediasystemen haben wir bewiesen, dass der Bedarf weit über klassische Webseiten hinausgeht.
+Folgende Kernmodule wurden Open-Source entwickelt und veröffentlicht:
+	Frame-Budget-Optimierung: zur Laufzeit das verbrauchte Zeitbudget eines Tasks ermitteln, um Verzögerungen proaktiv zu verhindern.
+	Task Abortion: unnötige Arbeit (z. B. die Aktualisierung von Elementen, die kurz darauf gelöscht werden) wird automatisch erkannt und aus der Verarbeitungswarteschlange entfernt
+	Intelligentes Coalescing: ein Scoping-Mechanismus, welcher nur relevante Elemente einer Komponente neu rendered
+Aufbauend auf der erfolgreichen Basis von RxAngular konzentrieren wir uns in der Anschlussförderung auf drei innovative technologische Säulen, um die Nachhaltigkeit, Sichtbarkeit und den Nutzen des Projekts massiv zu erhöhen:
+	Implementierung von "Instant Navigations" durch Soft-LCP-Optimierung
+	Integration neuer, browser-nativer Scheduling-Techniken
+	Entwicklung eines intelligenten bundle optimizers
+Unsere Arbeitsschwerpunkte sind wie folgt:
+	Public API Refinement &amp; Weiterentwicklung: Die bestehende, umfangreiche Programmierschnittstelle (API) wird kontinuierlich verfeinert und gewartet. Der Fokus liegt darauf, die Einstiegshürden für neue Entwickler zu senken und die Erweiterbarkeit für spezifische Anwendungsfälle zu verbessern. Dies beinhaltet auch die fortlaufende Anpassung an neue Versionen des Angular-Frameworks.
+	Dokumentation &amp; Best-Practice-Demos: Die bestehende Entwickler- und Anwenderdokumentation wird grundlegend überarbeitet ("Doc Polishing"), um die Verständlichkeit zu erhöhen. Ergänzend werden "Public Best Practices Demos" erstellt, die – ähnlich der bereits existierenden Demo-Applikation für Virtual-Scrolling – die Vorteile und korrekte Anwendung der Module in praxisnahen Szenarien aufzeigen
+	Fachvorträge und Workshops: Die erfolgreiche Präsentation des Projekts auf Fachkonferenzen wird fortgesetzt. Zum Beispiel gaben wir schon Vorträge und Workshops auf internationalen Konferenzen der NGRome 2025.
+	Content Creation &amp; Community Management: Es wird eine gezielte Content-Strategie verfolgt. Regelmäßige Blogs und Anwendungsbeispiele werden über die Projektwebsite und Social-Media-Kanäle wie Twitter/X und LinkedIn verbreitet.
+Wir freuen uns schon sehr darauf unser Projekt weiterentwickeln zu können und starten mit neuer Energie und Motivation unsere Arbeit.
  </t>
   </si>
   <si>
-    <t>Edge computing, Serverless Computing, LEO</t>
-[...112 lines deleted...]
-    <t>22.09.2025</t>
+    <t>Stipendium Call #20</t>
+  </si>
+  <si>
+    <t>Data Loading in Quantum Computing</t>
+  </si>
+  <si>
+    <t>Why data loading can be one of the biggest bottlenecks in quantum computing?</t>
+  </si>
+  <si>
+    <t>Quantum computing promises dramatic speedups for some problems in cryptography, optimization, and machine learning. Much of the attention is placed on powerful quantum algorithms such as Shor’s or Grover’s algorithm. However, there is a critical step that is often overlooked: data loading. Before a quantum algorithm can do anything useful, classical data must be encoded into quantum states, and this step can be surprisingly expensive.</t>
+  </si>
+  <si>
+    <t>Over the past few years, we have been experiencing an abundance of data generation, and by 2029, this size is expected to reach 527 ZB according to latest updates from Statista. This explosion of data has led to an increasing demand for pre-processing, post-processing, and advanced analytics. Classical cloud infrastructures are struggling to keep up, particularly with the rise of AI applications driven by large language models like ChatGPT and Gemini, which power everything from video generation to industry applications such as supply chain optimization.
+Quantum computing promises to tackle some of these challenges using fewer resources than classical computing. However, quantum computers do not operate in isolation; they work in conjunction with classical computers, which handle some tasks in pre-processing and post-processing. This hybrid computing requires efficient communication between them, making data loading from classical to quantum a crucial step.
+What is Data Loading in Quantum? 
+Data loading in quantum computing can be described as a two-step process:
+	    Problem formulation (or reformulation): Here, we model the problem mathematically so that it can be solved on a quantum computer. For example, the Max-Cut problem must be reformulated as a Quadratic Unconstrained Binary Optimization (QUBO)problem.  
+	    Data Encoding: This step maps classical data into a quantum circuit. It is a transformation of data point from classical space to the high-dimensional Hilbert space of a quantum system. Simply transferring classical data as in classical computing is not enough; special encoding methods are needed, often also called embedding or feature mapping.
+Types of Data Encodings: 
+	Basis Encoding: Each data point is mapped directly to a computational basis state. For example, a binary string 1011 is encoded as the quantum state ∣1011⟩. This method is conceptually simple and requires minimal gate overhead, but it scales poorly, as the number of qubits grows linearly with the data size, making it impractical for high-dimensional inputs.
+	Angle (or Parameter) Encoding: Data points are encoded as rotation angles of quantum gates as Rx(theta).  This method is more efficient than basis encoding, providing more efficient(tolerable) quantum circuit depth. 
+	Amplitude Encoding: Data is encoded into the amplitudes of a quantum state. The method is qubit-efficient, but challenged by a deep circuit. 
+Why is Data Loading Challenging?
+The difficulty comes from a fundamental mismatch:
+	Classical data is large and explicit
+	Quantum states are compact but fragile
+For example, a dataset with 2^n  values can theoretically be represented using only n qubits via amplitude encoding. This sounds incredibly efficient until we consider that preparing such a state may require an exponential number of quantum operations. Quantum Random Access Memory (QRAM) is often proposed as a solution to the data loading problem. In theory, QRAM could load large classical datasets into quantum superposition efficiently. However, QRAM remains currently experimentally unrealized at scale and sensitive to noise and decoherence. 
+In a full computational pipeline, each step, data loading, quantum processing, and measurement/readout should be efficient. These challenges, in combination, open up new research questions and directions.</t>
+  </si>
+  <si>
+    <t>quantum computing, data loading, Cloud computing</t>
+  </si>
+  <si>
+    <t>13.01.2026</t>
+  </si>
+  <si>
+    <t>eIDAS Monitor</t>
+  </si>
+  <si>
+    <t>Wir, epicenter.works, Österreichs größter Datenschutzverein, entwickeln eine Transparenzplattform zum neuen EU-weiten eIDAS-Ökosystem,welches demnächst ID Austria ersetzt. Wir machen sichtbar
+welche Behörden und Firmen zu welchem Zweck welche personenbezogene Daten anfragen. Dieses Frühwarnsystem schützt gegen Missbrauch, stärkt Verbraucher:innenrechte und unterstützt NGOs und interessierte Nutzer:innen europaweit. Nur mit einem vertrauensvollen Ökosystem können digitale IDs erfolgreich sein.
+Weitere Infos zu unserem Konzept: 
+https://epicenter.works/fileadmin/medienspiegel/user_upload/eIDAS_Monitor-concept_note.pdf</t>
+  </si>
+  <si>
+    <t>12.01.2026</t>
+  </si>
+  <si>
+    <t>Faircamp 2.0</t>
+  </si>
+  <si>
+    <t>Faircamp ist ein Tool zum unabhängigen und nachhaltigen Publizieren von Audioinhalten wie Musik und Podcasts im Netz. Faircamp 2.0 soll das Tool nun niederschwelliger und umfangreicher denn je machen.</t>
+  </si>
+  <si>
+    <t>Faircamp ist ein Tool zum unabhängigen und nachhaltigen Publizieren von Audioinhalten wie Musik und Podcasts im Netz, und viele internationale Musiker_innen, Radioproduzent_innen, Podcaster_innen, Labels, usw. verwenden es bereits heute um Audioinhalte im Netz zu veröffentlichen. Aber: Sie sind vorwiegend technikaffin. Faircamp 2.0 will Barrieren abbauen, niederschwellige Zugänge schaffen und das Projekt (und damit: nachhaltiges, unabhängiges Audiopublishing) einer großen, diversen Zielgruppe zugänglich machen!
+Im konkreten strebt das Projekt Faircamp 2.0 folgende Ergebnisse an:
+1. Als primäres Ziel wird eine grafische Benutzeroberfläche für Faircamp gestaltet und entwickelt werden. Die daraus resultierende GUI Applikation wird zudem in die Desktopumgebung der Mainstreambetriebssysteme (Window, macOS, Linux) integriert werden.
+2. Als zweites Ziel wird auch das fundamentale Datenmodell von Faircamp überarbeitet werden, um einerseits eine gute Kompatibilität und Verständlichkeit für das grafische Editieren zu gewährleisten, sowie Faircamp für ein größeres Spektrum an Einsatzmöglichkeiten besser nutzbar zu machen. Dies umfasst z.b. die bessere Präsentation von Podcasts oder Audioarchiven, zusätzlich zur aktuell eher Musik-orientieren Präsentation.
+3. Obwohl Faircamp bereits vollständig dokumentiert ist (inklusive Videotutorials) wird die
+Neuausrichtung für grafische Nutzung neues Dokumentationsmaterial (und auch die Erweiterung
+allgemeiner Resourcen wie der Website) verlangen, damit spezifisch diese Aspekte abgedeckt werden.
+Dies ist auch Teil des Projekts.</t>
+  </si>
+  <si>
+    <t>SW stand alone</t>
+  </si>
+  <si>
+    <t>AGPL  3.0</t>
+  </si>
+  <si>
+    <t>Free Software, Online-Plattformen</t>
+  </si>
+  <si>
+    <t>11.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -705,74 +721,74 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="103.689" bestFit="true" customWidth="true" style="0"/>
-[...8 lines deleted...]
-    <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="861.075" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1145.435" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="924.774" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="82.408" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="26" max="26" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -821,544 +837,544 @@
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>28</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
         <v>29</v>
       </c>
       <c r="L2"/>
-      <c r="M2"/>
+      <c r="M2" t="s">
+        <v>29</v>
+      </c>
       <c r="N2"/>
-      <c r="O2"/>
+      <c r="O2" t="s">
+        <v>30</v>
+      </c>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
-      <c r="B3"/>
-      <c r="C3"/>
+      <c r="B3">
+        <v>7828</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="L3"/>
-      <c r="M3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3"/>
       <c r="O3" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="Q3"/>
+        <v>36</v>
+      </c>
+      <c r="P3"/>
+      <c r="Q3" t="s">
+        <v>37</v>
+      </c>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
-      <c r="V3"/>
+      <c r="V3" t="s">
+        <v>38</v>
+      </c>
       <c r="W3"/>
-      <c r="X3"/>
+      <c r="X3" t="s">
+        <v>39</v>
+      </c>
       <c r="Y3"/>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B4">
-        <v>7207</v>
+        <v>7940</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-      <c r="R4"/>
+        <v>43</v>
+      </c>
+      <c r="P4"/>
+      <c r="Q4" t="s">
+        <v>44</v>
+      </c>
+      <c r="R4" t="s">
+        <v>45</v>
+      </c>
       <c r="S4"/>
-      <c r="T4"/>
-      <c r="U4"/>
+      <c r="T4" t="s">
+        <v>46</v>
+      </c>
+      <c r="U4" t="s">
+        <v>47</v>
+      </c>
       <c r="V4"/>
       <c r="W4"/>
-      <c r="X4"/>
+      <c r="X4" t="s">
+        <v>48</v>
+      </c>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B5">
-        <v>7442</v>
+        <v>7909</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="L5"/>
-      <c r="M5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
       <c r="N5"/>
-      <c r="O5"/>
-[...18 lines deleted...]
-      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q5"/>
+      <c r="R5"/>
+      <c r="S5"/>
+      <c r="T5"/>
+      <c r="U5"/>
+      <c r="V5"/>
       <c r="W5"/>
-      <c r="X5" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="X5"/>
+      <c r="Y5" t="s">
+        <v>55</v>
+      </c>
+      <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B6">
-        <v>7285</v>
+        <v>7840</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="N6"/>
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B7">
-        <v>7442</v>
+        <v>7840</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="N7"/>
       <c r="O7" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="Q7"/>
+        <v>66</v>
+      </c>
+      <c r="P7"/>
+      <c r="Q7" t="s">
+        <v>67</v>
+      </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
-      <c r="U7"/>
+      <c r="U7" t="s">
+        <v>68</v>
+      </c>
       <c r="V7"/>
       <c r="W7"/>
-      <c r="X7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="X7" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B8">
-        <v>7237</v>
+        <v>7996</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="L8"/>
-      <c r="M8"/>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
       <c r="N8"/>
       <c r="O8" t="s">
-        <v>63</v>
-[...16 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q8"/>
+      <c r="R8"/>
+      <c r="S8"/>
+      <c r="T8"/>
+      <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
-      <c r="X8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X8"/>
       <c r="Y8"/>
-      <c r="Z8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B9">
-        <v>7232</v>
+        <v>8052</v>
       </c>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="N9"/>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B10">
-        <v>7237</v>
+        <v>7909</v>
       </c>
       <c r="C10" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="L10"/>
-      <c r="M10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M10"/>
       <c r="N10"/>
-      <c r="O10" t="s">
-[...2 lines deleted...]
-      <c r="P10" t="s">
+      <c r="O10"/>
+      <c r="P10"/>
+      <c r="Q10" t="s">
         <v>82</v>
       </c>
-      <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
-      <c r="Y10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B11">
-        <v>7353</v>
+        <v>7863</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
+        <v>84</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11"/>
+      <c r="O11" t="s">
         <v>85</v>
       </c>
-      <c r="L11"/>
-      <c r="M11" t="s">
+      <c r="P11"/>
+      <c r="Q11" t="s">
         <v>86</v>
       </c>
-      <c r="N11" t="s">
+      <c r="R11" t="s">
         <v>87</v>
       </c>
-      <c r="O11" t="s">
-[...2 lines deleted...]
-      <c r="P11" t="s">
+      <c r="S11" t="s">
         <v>88</v>
       </c>
-      <c r="Q11"/>
-[...1 lines deleted...]
-      <c r="S11"/>
       <c r="T11"/>
-      <c r="U11"/>
+      <c r="U11" t="s">
+        <v>89</v>
+      </c>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">