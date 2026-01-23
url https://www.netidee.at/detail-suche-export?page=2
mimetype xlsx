--- v1 (2025-11-30)
+++ v2 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,343 +98,321 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
+    <t>Projekt Call #20</t>
+  </si>
+  <si>
+    <t>Community Project</t>
+  </si>
+  <si>
+    <t>Topokurator</t>
+  </si>
+  <si>
+    <t>eine kuratorische Erweiterung für Topotheken</t>
+  </si>
+  <si>
+    <t>Topokurator - eine kuratorische Erweiterung der Topotheken</t>
+  </si>
+  <si>
+    <t>Der Topokurator ist als kostenfreies, benutzer*innenfreundliches Tool konzipiert, mit dem direkt auf die Inhalte von Topotheken zugreift. Außerdem können die Inhalte darüber anschaulich aufbereitet, dar- und ausgestellt und mit anderen Inhalten (kontextualisiert) in Beziehung gesetzt werden. Hauptziel ist es, den regionalen Sammlungen eine breitere Bühne zu bieten und ihre Erzählkraft zu stärken – ohne auf externe Tools angewiesen zu sein oder Lizenzfragen klären zu müssen.
+Wir entwickeln eine benutzer*innenfreundliche Oberfläche für Topotheken, die intuitiv und einfach zu bedienen ist. Das Tool wird in die zentrale Plattform www.topothek.at integriert und ist somit nahtlos mit bestehenden Sammlungen verbunden.
+An der Hochschule für Angewandte Wissenschaften St. Pölten bieten wir regelmäßig Workshops und Schulungen zum Topokurator an. Diese richten sich vor allem an Topothekarinnen, Lehrkräfte und Schülerinnen. Um die Einsatzmöglichkeiten einem breiten Publikum näherzubringen, präsentieren wir das Tool auf Fachveranstaltungen wie Citizen-Science-Tagungen, Researchers’ Nights und Forschungsfesten. Die Nutzung in weiteren Forschungsprojekten trägt dazu bei, den Topokurator sowohl im wissenschaftlichen als auch im gesellschaftlichen Kontext als etabliertes Werkzeug zu verankern.
+Zielgruppen:
+- Organisationen: Redaktionen von Topotheken und Regionalmuseen, die ein einfaches Werkzeug zur Präsentation ihrer Inhalte benötigen.
+- Citizen Science &amp; Open Source Community: Wissenschaftler*innen und Projekte mit Bürger*innenbeteiligung, die ihre Daten kontextualisieren und breitenwirksam präsentieren möchten.
+- Privatpersonen &amp; Schulen: Lehrkräfte und Schüler*innen, die Recherchen durchführen und ihre Ergebnisse/Erkenntnisse nachvollziehbar und leicht zugänglich darstellen wollen.</t>
+  </si>
+  <si>
+    <t>FH St. Pölten</t>
+  </si>
+  <si>
+    <t>Erwachsene, Jugendliche, Schüler:innen, thematische Community</t>
+  </si>
+  <si>
+    <t>21.01.2026</t>
+  </si>
+  <si>
+    <t>Die Hinweisbox</t>
+  </si>
+  <si>
+    <t>Whistleblower-Plattform für Kinderschutz in Organisationen</t>
+  </si>
+  <si>
+    <t>Die Hinweisbox ist eine datensichere, einfach nutzbare Whistleblower-Plattform für den Kinderschutz. Sie ermöglicht anonyme, verschlüsselte Meldungen zu Gewalt, Missbrauch oder Fehlverhalten ohne Risiko für Hinweisgeber*innen.</t>
+  </si>
+  <si>
+    <t>Häufig werden Übergriffe, Gewalt oder Fehlverhalten nicht gemeldet, weil die Betroffenen Angst vor Folgen haben.
+Für ein wirksames Beschwerdewesen braucht es einen anonymen Kanal. Bei Beschwerdebriefkästen sind keine Rückfragen und aufgrund der Örtlichkeit oft keine Anonymität möglich. Viele Vereine stehen dabei vor großen technischen und finanziellen Hürden. Bestehende Lösungen sind oft zu komplex oder zu teuer. Ein zentrales Element bei Kinderschutzkonzepten, die von vielen Vereinen umgesetzt werden, ist ein niederschwelliges Beschwerdewesen, bei dem Gewalt, Missbrauch und Fehlverhalten gegenüber Kindern anonym gemeldet werden können. Viele Vereine setzen Schutzkonzepte trotz Ressourcenmangels um und agieren mit minimalen personellen und finanziellen Mitteln. Sie können kein anonymes Beschwerdetool erstellen und kein kostenloses Modul von IT-Leuten in ihre Website einbauen lassen. 
+Die Hinweisbox ist eine für Vereine und kleine Organisationen konzipierte datensichere Plattform, über die sie anonyme Hinweise empfangen und bearbeiten können – rechtskonform, transparent und vertraulich. Sie ist mit minimalem organisatorischem Aufwand nutzbar, benötigt keinerlei IT-Kenntnisse für Einrichtung oder Betrieb und ist durch eine geringe Jahresgebühr finanziell für jeden Verein leistbar. Durch die niederschwellige, anonyme Meldemöglichkeit der Hinweisbox werden Vorfälle gemeldet, die mit verpflichtender Namensnennung nicht vorgebracht werden würden. So ist es möglich, dass gewaltbetroffenen Kinder Hilfe bekommen und Gewaltsituationen beendet werden können. 
+Das Alleinstellungsmerkmal unserer Lösung ist die konsequente Ausrichtung auf die Bedürfnisse kleiner und mittlerer Organisationen: einfache Einrichtung ohne IT-Kenntnisse, volle Anonymität für Hinweisgeber, klare Fallbearbeitung mit Vieraugenprinzip und ein leistbares Preismodell. Im Gegensatz zu bestehenden Lösungen ist unsere Plattform sofort einsatzbereit, verständlich aufgebaut und speziell für den Vereinskontext optimiert – datensicher, kostengünstig und praxisnah.
+www.hinweisbox.at
+ECPAT Österreich ist eine von 13 Mitglieds-NGOs getragene Fachstelle, die sich gegen sexuelle Ausbeutung und Gewalt an Kindern einsetzt und wirksame Lösungen umsetzen will. Wir haben durch ein EU-Projekt und die Plattform www.schutzkonzepte.at maßgeblich zur Verbreitung von Kinderschutzkonzepten in Österreich beigetragen. / www.ecpat.at
+HI1 ist eine Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Vermarktung, Entwicklung, Optimierung und Beratung. / www.hi1.at</t>
+  </si>
+  <si>
+    <t>Informationsplattform, Initiative |Aktion</t>
+  </si>
+  <si>
+    <t>Datenbank, Java, SQL</t>
+  </si>
+  <si>
+    <t>Kinderschutz</t>
+  </si>
+  <si>
+    <t>Eltern, Erwachsene, Jugendliche, Kinder</t>
+  </si>
+  <si>
+    <t>20.01.2026</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>Whoidentifies.me</t>
+  </si>
+  <si>
+    <t>Transparenz für Europas digitale Identität</t>
+  </si>
+  <si>
+    <t>Nach den Plänen der EU soll Digitale Identität  zu einem zentralen Bestandteil unseres Lebens und unseres Online-Alltags  werden. Mit der eIDAS-Verordnung wird die bisherige ID Austria Teil eines neuen EU-weiten Systems, der European Digital Identity (EUDI) Wallet. Künftig sollen Bürger:innen ihre staatlich beglaubigte Identität und andere Eigenschaften europaweit einsetzen können: bei Behörden, Banken, Versicherungen, Arbeitgebern, Verkehrsunternehmen oder großen Online-Plattformen. dereIDAS MonitorWas dabei bislang fehlt, ist Transparenz: Wer fragt welche Daten ab, zu welchem Zweck und in welchem Ausmaß? Genau hier setzt unser neues Projekt an; mit der Entwicklung eines eIDAS-Monitors unter dem Namen WhoIdentifies.me.</t>
+  </si>
+  <si>
+    <t>Nach den Plänen der EU soll Digitale Identität zu einem zentralen Bestandteil unseres Lebens und unseres Online-Alltags werden. Mit der eIDAS-Verordnung wird die bisherige ID Austria Teil eines neuen EU-weiten Systems, der European Digital Identity (EUDI) Wallet. Künftig sollen Bürger:innen ihre staatlich beglaubigte Identität und andere Eigenschaften europaweit einsetzen können: bei Behörden, Banken, Versicherungen, Arbeitgebern, Verkehrsunternehmen oder großen Online-Plattformen. Was dabei bislang fehlt, ist Transparenz: Wer fragt welche Daten ab, zu welchem Zweck und in welchem Ausmaß? Genau hier setzt unser neues Projekt an; mit der Entwicklung eines eIDAS-Monitors unter dem Namen Whoidentifies.me.
+WhoIdentifies.me ist eine Open-Data-Transparenzplattform für digitale Identitäts-Wallets. Sie macht sichtbar, welche Unternehmen und staatlichen Stellen digitale Identitätssysteme nutzen, welche personenbezogenen Daten sie abfragen und wofür diese Daten verwendet werden. Grundlage dafür sind die öffentlich zugänglichen und gesetzlich vorgeschriebenen Schnittstellen der nationalen eIDAS-Register in allen EU-Mitgliedsstaaten. Diese bislang fragmentierten und schwer zugänglichen Informationen bereiten wir erstmals europaweit vergleichbar, verständlich und durchsuchbar auf. So entsteht ein Frühwarnsystem für digitale Grundrechte.
+Mit der Umstellung auf eIDAS werden Nutzer:innen nationaler ID Systeme wie der ID Austria künftig mit Datenanfragen aus dem gesamten EU-Binnenmarkt konfrontiert; häufig nach sensiblen, staatlich beglaubigten personenbezogenen Informationen. Da das eIDAS System in vielen Lebensbereichen von Gesundheit, Verkehr und Telekommunikation eingesetzt werden soll, steigen auch die Risiken von Missbrauch, Diskriminierung, Zweckentfremdung, dem Ausschluss vulnerabler Gruppen und die Gefahr der Diskriminierung von Menschen ohne Smartphone, Pass oder digitaler Identität. Whoidentifies.me schafft hier die notwendige Datenbasis, um problematische Entwicklungen frühzeitig zu erkennen und öffentlich zu diskutieren, bevor Schaden entsteht. Personalisierte Warnmeldungen erlauben der interessierten Öffentlichkeit Echtzeit-Informationen über relevante Entwicklungen im Ökosystem noch lange bevor Nutzer:innen mit Anfragen nach ihren persönlichen Informationen konfrontiert werden.
+Die Plattform richtet sich insbesondere an Konsument:innen- und Datenschutzorganisationen. Deren Arbeit soll durch den einfachen Zugang zu Echtzeitinformationen über das gesamte eIDAS Ökosystem künftig einfacher werden, um etwaige Missstände frühzeitig zu erkennen und zu beheben. Auch NGOs, die sich für vulnerable Gruppen wie Senior:innen, Menschen mit Behinderung oder Migrant:innen einsetzen, erhalten einen entscheidenden Informationsvorteil, um relevante Anwendungsfälle frühzeitig zu erkennen und darauf zu reagieren. Gleichzeitig profitieren Wissenschaft und Öffentlichkeit erstmals von einem vollständigen, europaweiten Überblick über das eIDAS-Ökosystem. Auch Unternehmen gewinnen durch ein transparentes und vertrauenswürdiges Umfeld, ohne Missbrauch und Diskriminierung.
+Whoidentifies.me wird als freie Software entwickelt. Der gesamte Quellcode sowie alle gesammelten Daten stehen offen zur Verfügung und können auch dezentral genutzt werden. Die Anforderungen für die Plattform wurden gemeinsam mit betroffenen NGOs und Wissenschaftler:innen verschiedener Sektoren erstellt und werden über die 1,5 jährige Projektlaufzeit kontinuierlich weiterentwickelt.
+Hinter dem Projekt steht epicenter.works, ein gemeinnütziger Verein, der sich seit über 15 Jahren für den Schutz von Grund- und Freiheitsrechten im digitalen Raum einsetzt. Seit 2017 arbeiten wir intensiv an digitalen Identitätssystemen auf europäischer Ebene und bringen unser rechtliches wie technisches Fachwissen in Gesetzgebungs- und Standardisierungsprozesse ein.
+Digitale Identität wird unsere Internetnutzung nachhaltig verändern. Ob dieses System letztlich Vertrauen und stärkere Selbstbestimmung schafft oder Über-Identifizierung, Kontrolle und Diskriminierung verstärken wird, hängt entscheidend von einer transparenten und grundrechtsbasierten Umsetzung ab. Mit Whoidentifies.me wollen wir dafür sorgen, dass zumindest alle faktenbasiert den Einfluss des Systems auf die Gesellschaft diskutieren können.</t>
+  </si>
+  <si>
+    <t>digital identity, Transparency, Data Protection</t>
+  </si>
+  <si>
+    <t>15.01.2026</t>
+  </si>
+  <si>
+    <t>Digi:Heldinnen: Es geht los!</t>
+  </si>
+  <si>
+    <t>Projektstart:  Digi:Heldinnen nimmt Fahrt auf!</t>
+  </si>
+  <si>
+    <t>Digi:Heldinnen startet durch: Ein voller Erfolg zum Auftakt!</t>
+  </si>
+  <si>
+    <t>Nach der erfolgreichen Infoveranstaltung am 12.01.2026 werten wir aktuell die zahlreichen Bewerbungen aus. Parallel wird das Curriculum adaptiert und die Lernplattform aufgebaut.</t>
+  </si>
+  <si>
+    <t>Großer Andrang bei der Informationsveranstaltung
+Am 12. Jänner 2026 fand unsere zentrale Informationsveranstaltung statt. Das Interesse war beeindruckend – zahlreiche Frauen, die als Multiplikatorinnen in ihren Regionen aktiv werden wollen, haben teilgenommen. Die Vielzahl an eingegangenen Bewerbungen zeigt deutlich, wie groß der Bedarf und die Motivation sind, die digitale Welt aktiv mitzugestalten.
+Hinter den Kulissen: Was gerade passiert
+Unser Team arbeitet derzeit mit Hochdruck daran, die bestmöglichen Rahmenbedingungen für die Ausbildung zu schaffen. Aktuell stehen folgende Punkte auf unserer Agenda:
+	Feinschliff am Curriculum: Wir adaptieren die Lerninhalte, um sie perfekt an die Bedürfnisse der Teilnehmerinnen anzupassen.
+	Logistik &amp; Planung: Termine, Abläufe und die Auswahl der Veranstaltungsorte werden finalisiert.
+	Digitale Infrastruktur: Die Lernplattform wird aufgebaut, damit der Austausch auch online reibungslos funktioniert.
+	Expert:innen-Netzwerk: Wir fixieren die letzten Referent:innen und Trainer:innen, die ihr Fachwissen praxisnah vermitteln.
+Der nächste Schritt: Die Auswahl der Teilnehmerinnen
+Wir stecken nun mitten in der Auswahl der Teilnehmerinnen. Angesichts der vielen inspirierenden Profile fällt die Entscheidung nicht leicht – wir freuen uns aber sehr darauf, bald die 20 künftigen Digi:Heldinnen bekanntzugeben!</t>
+  </si>
+  <si>
+    <t>#Digitalisierung #Senior:innen #Inklusion #Teilhabe #Innovation</t>
+  </si>
+  <si>
+    <t>14.01.2026</t>
+  </si>
+  <si>
+    <t>Digi:Heldinnen</t>
+  </si>
+  <si>
+    <t>Von der Einsteigerin zur Wissensvermittlerin</t>
+  </si>
+  <si>
+    <t>Digi:Heldinnen: Frauen erobern die digitale Welt! Seniorinnen werden zu Expertinnen für Smartphone, ID Austria &amp; KI. Im Peer-to-Peer-Ansatz geben sie ihr Wissen direkt in ihrer Region weiter. Für digitale Teilhabe &amp; Sicherheit auf Augenhöhe!</t>
+  </si>
+  <si>
+    <t>Digi:Heldinnen: Wie ältere Frauen die digitale Welt erobern und ihr Wissen weitergeben
+In einer Welt, die sich immer schneller digitalisiert, dürfen wir niemanden zurücklassen. Während staatliche Infrastrukturen wie die ID Austria oder E-Government-Services stetig ausgebaut werden, zeigt die Realität eine deutliche Lücke: Besonders Frauen in der nachberuflichen Lebensphase, vor allem in ländlichen Regionen, sind oft von dieser Entwicklung abgeschnitten. Laut aktuellen Statistiken sind etwa 20 % der Seniorinnen in Österreich „Offlinerinnen“. 
+Das Projekt „Digi:Heldinnen“, eine Initiative der Servicestelle digitaleSenior:innen des ÖIAT, setzt genau hier an, um diese digitale Kluft zu schließen und Empowerment erlebbar zu machen.
+Ein innovativer Bottom-Up-Ansatz für digitale Teilhabe
+Im Gegensatz zu klassischen „Top-Down“-Kursen, die oft oberflächlich bleiben, verfolgen die Digi:Heldinnen einen Peer-to-Peer-Ansatz. Das bedeutet: Frauen lernen von Frauen auf Augenhöhe. Die Teilnehmerinnen werden dazu ausgebildet, nicht nur selbst kompetent mit digitalen Werkzeugen umzugehen, sondern dieses Wissen als Multiplikatorinnen in ihrem Umfeld weiterzugeben. Dieser Ansatz stellt sicher, dass Lernen in vertrauten sozialen Settings stattfindet, was besonders bei älteren Menschen die Erfolgsrate und den Wissenserhalt massiv steigert.
+Praxisprojekte und offene Bildungsmaterialien
+Ein Herzstück des Projekts ist die Erprobung des Gelernten. Jede Digi:Heldin führt ein eigenes Praxisprojekt durch, bei dem sie erstmals Menschen in ihrer Gemeinde oder ihrem Freundeskreis unterstützt. Parallel dazu entsteht eine wertvolle Ressource für die Allgemeinheit: Ein Leitfaden zu hilfreichen Alltags-Apps sowie detaillierte Schritt-für-Schritt-Anleitungen für die Installation und Bedienung. Diese Ergebnisse werden unter einer Open-Source-Lizenz (CC-BY-SA) veröffentlicht, damit sie von anderen Bildungseinrichtungen und Vereinen frei genutzt und weiterverbreitet werden können.</t>
+  </si>
+  <si>
+    <t>Inclusion|Digital Devide</t>
+  </si>
+  <si>
+    <t>Senior:innen</t>
+  </si>
+  <si>
+    <t>Guess who's back?!</t>
+  </si>
+  <si>
+    <t>Überblick über erzielte Erfolge von RxAngular und Vorstellung von zukünftigen Plänen unseres Projekts</t>
+  </si>
+  <si>
+    <t>Unser Projekt RxAngular wurde schon einmal eine Förderung von Netidee zugesprochen. Da das Projekt sehr erfolgreich war, wurde es nun auch für eine Folgeförderung ausgewählt. In diesem Post erfahrt ihr, was wir bisher erreicht haben und was unsere neuen Ziele für RxAngular sind</t>
+  </si>
+  <si>
+    <t>Hallo, hier sind wir wieder!
+Da wir mit unserem Projekt RxAngular großartige Erfolg erzielen konnten, möchten wir nun daran anknüpfen und unser Projekt weiterentwickeln. Daher haben wir uns für die Folgeförderung beworben und mit großer Freude wurde uns die Förderung zugesprochen.
+Seit dem letzten Mal, hat sich unser Core Team ein bisschen verändert. Mit an Bord sind noch immer Julian, Kirill, Enea und natürlich Michael, unser Projektleiter. Neu dazugekommen ist Hanna, erfahrene Copywriterin im Bereich IT Knowhow.
+Die Anschlussförderung richtet sich weiterhin an Entwickler:innen und Unternehmen, die browserbasierte Anwendungen mit höchsten Ansprüchen an Geschwindigkeit und Nutzererlebnis erstellen. Gleichzeitig erweitern wir den Nutzen für die Allgemeinheit signifikant: Jeder Endnutzer, der eine mit RxAngular optimierte Anwendung bedient profitiert durch flüssigere und somit bessere digitale Erfahrung.
+Das ursprüngliche RxAngular löste das Kernproblem der langsamen Verarbeitung großer
+Datenmengen. Die digitale Landschaft entwickelt sich jedoch rasant weiter. Mit über 30.000 wöchentlichen Downloads und dem Einsatz in ressourcenkritischen Umgebungen wie Automotive-Multimediasystemen haben wir bewiesen, dass der Bedarf weit über klassische Webseiten hinausgeht.
+Folgende Kernmodule wurden Open-Source entwickelt und veröffentlicht:
+	Frame-Budget-Optimierung: zur Laufzeit das verbrauchte Zeitbudget eines Tasks ermitteln, um Verzögerungen proaktiv zu verhindern.
+	Task Abortion: unnötige Arbeit (z. B. die Aktualisierung von Elementen, die kurz darauf gelöscht werden) wird automatisch erkannt und aus der Verarbeitungswarteschlange entfernt
+	Intelligentes Coalescing: ein Scoping-Mechanismus, welcher nur relevante Elemente einer Komponente neu rendered
+Aufbauend auf der erfolgreichen Basis von RxAngular konzentrieren wir uns in der Anschlussförderung auf drei innovative technologische Säulen, um die Nachhaltigkeit, Sichtbarkeit und den Nutzen des Projekts massiv zu erhöhen:
+	Implementierung von "Instant Navigations" durch Soft-LCP-Optimierung
+	Integration neuer, browser-nativer Scheduling-Techniken
+	Entwicklung eines intelligenten bundle optimizers
+Unsere Arbeitsschwerpunkte sind wie folgt:
+	Public API Refinement &amp; Weiterentwicklung: Die bestehende, umfangreiche Programmierschnittstelle (API) wird kontinuierlich verfeinert und gewartet. Der Fokus liegt darauf, die Einstiegshürden für neue Entwickler zu senken und die Erweiterbarkeit für spezifische Anwendungsfälle zu verbessern. Dies beinhaltet auch die fortlaufende Anpassung an neue Versionen des Angular-Frameworks.
+	Dokumentation &amp; Best-Practice-Demos: Die bestehende Entwickler- und Anwenderdokumentation wird grundlegend überarbeitet ("Doc Polishing"), um die Verständlichkeit zu erhöhen. Ergänzend werden "Public Best Practices Demos" erstellt, die – ähnlich der bereits existierenden Demo-Applikation für Virtual-Scrolling – die Vorteile und korrekte Anwendung der Module in praxisnahen Szenarien aufzeigen
+	Fachvorträge und Workshops: Die erfolgreiche Präsentation des Projekts auf Fachkonferenzen wird fortgesetzt. Zum Beispiel gaben wir schon Vorträge und Workshops auf internationalen Konferenzen der NGRome 2025.
+	Content Creation &amp; Community Management: Es wird eine gezielte Content-Strategie verfolgt. Regelmäßige Blogs und Anwendungsbeispiele werden über die Projektwebsite und Social-Media-Kanäle wie Twitter/X und LinkedIn verbreitet.
+Wir freuen uns schon sehr darauf unser Projekt weiterentwickeln zu können und starten mit neuer Energie und Motivation unsere Arbeit.
+ </t>
+  </si>
+  <si>
     <t>Stipendium Call #20</t>
   </si>
   <si>
-    <t>Community Scholarship</t>
-[...288 lines deleted...]
-    <t>Code, Code</t>
+    <t>Data Loading in Quantum Computing</t>
+  </si>
+  <si>
+    <t>Why data loading can be one of the biggest bottlenecks in quantum computing?</t>
+  </si>
+  <si>
+    <t>Quantum computing promises dramatic speedups for some problems in cryptography, optimization, and machine learning. Much of the attention is placed on powerful quantum algorithms such as Shor’s or Grover’s algorithm. However, there is a critical step that is often overlooked: data loading. Before a quantum algorithm can do anything useful, classical data must be encoded into quantum states, and this step can be surprisingly expensive.</t>
+  </si>
+  <si>
+    <t>Over the past few years, we have been experiencing an abundance of data generation, and by 2029, this size is expected to reach 527 ZB according to latest updates from Statista. This explosion of data has led to an increasing demand for pre-processing, post-processing, and advanced analytics. Classical cloud infrastructures are struggling to keep up, particularly with the rise of AI applications driven by large language models like ChatGPT and Gemini, which power everything from video generation to industry applications such as supply chain optimization.
+Quantum computing promises to tackle some of these challenges using fewer resources than classical computing. However, quantum computers do not operate in isolation; they work in conjunction with classical computers, which handle some tasks in pre-processing and post-processing. This hybrid computing requires efficient communication between them, making data loading from classical to quantum a crucial step.
+What is Data Loading in Quantum? 
+Data loading in quantum computing can be described as a two-step process:
+	    Problem formulation (or reformulation): Here, we model the problem mathematically so that it can be solved on a quantum computer. For example, the Max-Cut problem must be reformulated as a Quadratic Unconstrained Binary Optimization (QUBO)problem.  
+	    Data Encoding: This step maps classical data into a quantum circuit. It is a transformation of data point from classical space to the high-dimensional Hilbert space of a quantum system. Simply transferring classical data as in classical computing is not enough; special encoding methods are needed, often also called embedding or feature mapping.
+Types of Data Encodings: 
+	Basis Encoding: Each data point is mapped directly to a computational basis state. For example, a binary string 1011 is encoded as the quantum state ∣1011⟩. This method is conceptually simple and requires minimal gate overhead, but it scales poorly, as the number of qubits grows linearly with the data size, making it impractical for high-dimensional inputs.
+	Angle (or Parameter) Encoding: Data points are encoded as rotation angles of quantum gates as Rx(theta).  This method is more efficient than basis encoding, providing more efficient(tolerable) quantum circuit depth. 
+	Amplitude Encoding: Data is encoded into the amplitudes of a quantum state. The method is qubit-efficient, but challenged by a deep circuit. 
+Why is Data Loading Challenging?
+The difficulty comes from a fundamental mismatch:
+	Classical data is large and explicit
+	Quantum states are compact but fragile
+For example, a dataset with 2^n  values can theoretically be represented using only n qubits via amplitude encoding. This sounds incredibly efficient until we consider that preparing such a state may require an exponential number of quantum operations. Quantum Random Access Memory (QRAM) is often proposed as a solution to the data loading problem. In theory, QRAM could load large classical datasets into quantum superposition efficiently. However, QRAM remains currently experimentally unrealized at scale and sensitive to noise and decoherence. 
+In a full computational pipeline, each step, data loading, quantum processing, and measurement/readout should be efficient. These challenges, in combination, open up new research questions and directions.</t>
+  </si>
+  <si>
+    <t>quantum computing, data loading, Cloud computing</t>
+  </si>
+  <si>
+    <t>13.01.2026</t>
+  </si>
+  <si>
+    <t>eIDAS Monitor</t>
+  </si>
+  <si>
+    <t>Wir, epicenter.works, Österreichs größter Datenschutzverein, entwickeln eine Transparenzplattform zum neuen EU-weiten eIDAS-Ökosystem,welches demnächst ID Austria ersetzt. Wir machen sichtbar
+welche Behörden und Firmen zu welchem Zweck welche personenbezogene Daten anfragen. Dieses Frühwarnsystem schützt gegen Missbrauch, stärkt Verbraucher:innenrechte und unterstützt NGOs und interessierte Nutzer:innen europaweit. Nur mit einem vertrauensvollen Ökosystem können digitale IDs erfolgreich sein.
+Weitere Infos zu unserem Konzept: 
+https://epicenter.works/fileadmin/medienspiegel/user_upload/eIDAS_Monitor-concept_note.pdf</t>
+  </si>
+  <si>
+    <t>12.01.2026</t>
+  </si>
+  <si>
+    <t>Faircamp 2.0</t>
+  </si>
+  <si>
+    <t>Faircamp ist ein Tool zum unabhängigen und nachhaltigen Publizieren von Audioinhalten wie Musik und Podcasts im Netz. Faircamp 2.0 soll das Tool nun niederschwelliger und umfangreicher denn je machen.</t>
+  </si>
+  <si>
+    <t>Faircamp ist ein Tool zum unabhängigen und nachhaltigen Publizieren von Audioinhalten wie Musik und Podcasts im Netz, und viele internationale Musiker_innen, Radioproduzent_innen, Podcaster_innen, Labels, usw. verwenden es bereits heute um Audioinhalte im Netz zu veröffentlichen. Aber: Sie sind vorwiegend technikaffin. Faircamp 2.0 will Barrieren abbauen, niederschwellige Zugänge schaffen und das Projekt (und damit: nachhaltiges, unabhängiges Audiopublishing) einer großen, diversen Zielgruppe zugänglich machen!
+Im konkreten strebt das Projekt Faircamp 2.0 folgende Ergebnisse an:
+1. Als primäres Ziel wird eine grafische Benutzeroberfläche für Faircamp gestaltet und entwickelt werden. Die daraus resultierende GUI Applikation wird zudem in die Desktopumgebung der Mainstreambetriebssysteme (Window, macOS, Linux) integriert werden.
+2. Als zweites Ziel wird auch das fundamentale Datenmodell von Faircamp überarbeitet werden, um einerseits eine gute Kompatibilität und Verständlichkeit für das grafische Editieren zu gewährleisten, sowie Faircamp für ein größeres Spektrum an Einsatzmöglichkeiten besser nutzbar zu machen. Dies umfasst z.b. die bessere Präsentation von Podcasts oder Audioarchiven, zusätzlich zur aktuell eher Musik-orientieren Präsentation.
+3. Obwohl Faircamp bereits vollständig dokumentiert ist (inklusive Videotutorials) wird die
+Neuausrichtung für grafische Nutzung neues Dokumentationsmaterial (und auch die Erweiterung
+allgemeiner Resourcen wie der Website) verlangen, damit spezifisch diese Aspekte abgedeckt werden.
+Dies ist auch Teil des Projekts.</t>
+  </si>
+  <si>
+    <t>SW stand alone</t>
+  </si>
+  <si>
+    <t>AGPL  3.0</t>
+  </si>
+  <si>
+    <t>Free Software, Online-Plattformen</t>
+  </si>
+  <si>
+    <t>11.01.2026</t>
+  </si>
+  <si>
+    <t>eqREADER</t>
+  </si>
+  <si>
+    <t>E-Reader mit Gebärdensprach-Tooltip</t>
+  </si>
+  <si>
+    <t>Projekt ist erfolgreich gestartet, der Prototyp wird kontinuierlich weiterentwickelt</t>
+  </si>
+  <si>
+    <t>Wir entwickeln einen E-Reader, bei dem schwierige Begriffe mittels Tooltip in Gebärdensprache nachgeschlagen werden können.</t>
+  </si>
+  <si>
+    <t>Unmittelbar nach der Förderzusage haben wir begonnen, den Prototyp des eqREADER weiter zu entwickeln. Demnächst wird hier ein Link zum Ausprobieren zur Verfügung gestellt.</t>
+  </si>
+  <si>
+    <t>03.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -750,71 +728,71 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="200.38" bestFit="true" customWidth="true" style="0"/>
-[...8 lines deleted...]
-    <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="861.075" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1145.435" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="924.774" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="57.7" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -867,553 +845,549 @@
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
         <v>2025</v>
       </c>
       <c r="B2">
-        <v>7761</v>
+        <v>7828</v>
       </c>
       <c r="C2" t="s">
         <v>28</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>29</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
         <v>30</v>
       </c>
       <c r="L2"/>
-      <c r="M2"/>
+      <c r="M2" t="s">
+        <v>31</v>
+      </c>
       <c r="N2"/>
       <c r="O2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="P2"/>
       <c r="Q2" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="R2" t="s">
         <v>33</v>
       </c>
-      <c r="S2" t="s">
+      <c r="R2"/>
+      <c r="S2"/>
+      <c r="T2"/>
+      <c r="U2"/>
+      <c r="V2" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
       <c r="W2"/>
       <c r="X2" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
       <c r="B3">
-        <v>7761</v>
+        <v>7940</v>
       </c>
       <c r="C3" t="s">
         <v>28</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="N3"/>
       <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3"/>
+      <c r="Q3" t="s">
+        <v>40</v>
+      </c>
+      <c r="R3" t="s">
+        <v>41</v>
+      </c>
+      <c r="S3"/>
+      <c r="T3" t="s">
+        <v>42</v>
+      </c>
+      <c r="U3" t="s">
         <v>43</v>
       </c>
-      <c r="P3" t="s">
-[...6 lines deleted...]
-      <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
-      <c r="X3"/>
+      <c r="X3" t="s">
+        <v>44</v>
+      </c>
       <c r="Y3"/>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4">
-        <v>7832</v>
+        <v>7909</v>
       </c>
       <c r="C4" t="s">
         <v>28</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5">
-        <v>7996</v>
+        <v>7840</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
         <v>53</v>
       </c>
       <c r="L5"/>
-      <c r="M5"/>
-[...3 lines deleted...]
-      <c r="Q5" t="s">
+      <c r="M5" t="s">
         <v>54</v>
       </c>
-      <c r="R5" t="s">
+      <c r="N5" t="s">
         <v>55</v>
       </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q5"/>
+      <c r="R5"/>
       <c r="S5"/>
-      <c r="T5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="T5"/>
+      <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
-      <c r="X5" t="s">
-[...2 lines deleted...]
-      <c r="Y5"/>
+      <c r="X5"/>
+      <c r="Y5" t="s">
+        <v>58</v>
+      </c>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
-        <v>7733</v>
+        <v>7840</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="Q6"/>
+        <v>62</v>
+      </c>
+      <c r="P6"/>
+      <c r="Q6" t="s">
+        <v>63</v>
+      </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
-      <c r="U6"/>
+      <c r="U6" t="s">
+        <v>64</v>
+      </c>
       <c r="V6"/>
       <c r="W6"/>
-      <c r="X6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="X6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
-        <v>7977</v>
+        <v>7996</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="N7"/>
-      <c r="O7"/>
-[...6 lines deleted...]
-      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q7"/>
+      <c r="R7"/>
       <c r="S7"/>
-      <c r="T7" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="T7"/>
+      <c r="U7"/>
+      <c r="V7"/>
       <c r="W7"/>
-      <c r="X7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8">
-        <v>7859</v>
+        <v>8052</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>72</v>
       </c>
-      <c r="L8"/>
-      <c r="M8"/>
       <c r="N8"/>
-      <c r="O8"/>
-      <c r="P8"/>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
-      <c r="Y8"/>
+      <c r="Y8" t="s">
+        <v>75</v>
+      </c>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9">
-        <v>7859</v>
+        <v>7909</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="L9"/>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M9"/>
       <c r="N9"/>
-      <c r="O9" t="s">
-[...5 lines deleted...]
-      <c r="Q9"/>
+      <c r="O9"/>
+      <c r="P9"/>
+      <c r="Q9" t="s">
+        <v>78</v>
+      </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
         <v>2025</v>
       </c>
-      <c r="B10"/>
-      <c r="C10"/>
+      <c r="B10">
+        <v>7863</v>
+      </c>
+      <c r="C10" t="s">
+        <v>28</v>
+      </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="L10"/>
-      <c r="M10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M10"/>
       <c r="N10"/>
       <c r="O10" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      <c r="S10"/>
+        <v>81</v>
+      </c>
+      <c r="P10"/>
+      <c r="Q10" t="s">
+        <v>82</v>
+      </c>
+      <c r="R10" t="s">
+        <v>83</v>
+      </c>
+      <c r="S10" t="s">
+        <v>84</v>
+      </c>
       <c r="T10"/>
-      <c r="U10"/>
+      <c r="U10" t="s">
+        <v>85</v>
+      </c>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11">
-        <v>7733</v>
+        <v>8048</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="N11"/>
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>89</v>
+      </c>
       <c r="O11" t="s">
-        <v>83</v>
-[...19 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q11"/>
+      <c r="R11"/>
+      <c r="S11"/>
+      <c r="T11"/>
+      <c r="U11"/>
+      <c r="V11"/>
       <c r="W11"/>
-      <c r="X11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
-      <c r="AA11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">