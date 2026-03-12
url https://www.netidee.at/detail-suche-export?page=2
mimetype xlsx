--- v2 (2026-01-23)
+++ v3 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,321 +98,348 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
+    <t>Blog netidee</t>
+  </si>
+  <si>
+    <t>netidee Talk 2025 und 20 Jahre netidee Förderungen in Bilder</t>
+  </si>
+  <si>
+    <t>Am 20.11.2025 fand im Rahmen des Talks die Vorstellung der neuen Geförderten statt. Das war der netidee Talk in Bildern.
+Hier können alle Bilder in hoher Auflösung heruntergeladen werden: https://www.flickr.com/photos/197062710@N06/albums/72177720330515480/</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
     <t>Projekt Call #20</t>
   </si>
   <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>*Somes ist jetzt Open Source</t>
+  </si>
+  <si>
+    <t>Zwischenrelease, Open-Sourcing und weitere Schritte</t>
+  </si>
+  <si>
+    <t>Nicht nur konnte die Weboberfläche verbessert werden, auch im Hintergrund hat sich einiges verändert. Die API und das Frontend sind nun öffentlich und Open Source.</t>
+  </si>
+  <si>
+    <t>In den letzten drei Monaten hat sich bei unserer Plattform somes.at (siehe Projektbeschreibung) sehr viel getan. Unsere Arbeit mündete in einem umfangreichen Update, das am 15.02.2026 live ging und als wichtiges Zwischenrelease auf dem Weg zu unserer Version 1.0 (geplant für den 30.04.2026) dient.
+Nutzerinnen und Nutzer sehen ab sofort eine Weboberfläche, die deutlich besser für Mobilgeräte optimiert, übersichtlicher und moderner ist. Zudem haben wir KI-Funktionen verbessert und neue Filtermöglichkeiten ergänzt. Der größte Teil der Arbeit fand allerdings unter der Haube statt. Hier sind die wichtigsten technischen Erkenntnisse und Änderungen der letzten Monate:
+Datensammlung &amp; Speicherung
+	Statt Aktualisierungszeiten von Rohdaten und Datenbankeintrag zu vergleichen, werden jetzt Hashes von den bereits aggregierten Daten verwendet, um einerseits den Datenbankupdateprozess frühzeitig zu beenden und andererseits eine Benachrichtigung über einen Redis-Stream zu versenden, der nun von der API gelesen wird. Dabei können Suchindizes und sonstige spezifische Cache-Einträge effizient bei Änderungen aktualisiert werden. Die Nutzung von Hashes erlaubt eine Reaktion auf Veränderungen von Abhängigkeiten.
+	Aktualisierungs- und Erstellungstimestamps werden nun gespeichert
+	Die Zuordnung von Nachnamen zu Abgeordneten/Personen-IDs erfolgt jetzt wesentlich präziser durch einen automatisierten Abgleich der vorherigen Namen einer Person.
+API
+	Die Endpunkte, die im Hintergrund einen Meilisearch-Suchindex verwenden, verfügen jetzt über eine verbesserte Filterung. Dabei kann nach den meisten Attributen eines Objekts gefiltert werden. Clients haben deswegen deutlich einfachere und mehr Möglichkeiten, um Einträge zu filtern. z.B.
+https://somes.at/api/at/v1/vote_results/search?search=&amp;page=1&amp;is_finished=true&amp;legislative_initiative[ityp][in][0]=I&amp;legislative_initiative[voting][in][0]=Law&amp;eurovoc_topics[0][topic][cn]=Wirtschaft
+	Die Fehlerrückmeldungen der Endpunkte wurden deutlich verbessert und strukturell vereinheitlicht.
+	Wir sind von flachen Routen auf REST-typische Routen mit Versionierung und Internationalisierung (/at, bald auch /eu) umgestiegen.
+	Es werden jetzt Queries und Views eingesetzt, die verstärkt auf automatisiert generierte Composite-Types setzen. Ziel war es, auf Postgresql JSON-Funktionen zu verzichten und die von der verwendeten SQL-Library (sqlx-rs) gebotene Compile-Time-Type-Safety aufrechtzuerhalten.
+Frontend
+	Interaktive Landingpage in derselben Frontend-Codebase 
+	Wir sind von Svelte 4 und Skeleton auf Svelte 5 und bits-ui umgestiegen. Durch das Refactoring konnten wir Server Side Rendering (SSR) aktivieren. Das ist entscheidend, damit z.B. unsere Abstimmungsseiten künftig auch direkt über Suchmaschinen (SEO) gefunden werden können.
+	Integration neuer Filter und AI-Informationen
+	Ein großer Teil des Frontends wurde grundsätzlich überarbeitet, wobei Kernelemente und Farbschema beibehalten wurden. Unserer Meinung nach ist die Weboberfläche nun deutlich zugänglicher, ansprechender und übersichtlicher. Auch für Mobilgeräte, wobei natürlich noch ein Feinschliff mit Bugfixes notwendig ist. 
+AI
+	Statt einzelne Python-Scripts zu erhalten, die periodisch gestartet werden und individuell Datenbankzugriff erhalten, wurde eine SomAI-API implementiert, die grundlegende LLM-Funktionalität und Endpunkte, bestehende Scripts ersetzen, zur Verfügung stellt. Diese API wird in der Regel vom Somes-Dataservice aufgerufen, um z.B. Zusammenfassungen zu generieren oder um das Portraitvideo eines Abgeordneten zu transkribieren.
+	Durch die Anschaffung eines Mini-PCs (BOSGAME M5 128GB), den wir als KI und Build Server verwenden, konnten nun die KI-Funktionen reaktiviert und erweitert werden. Neben den Schwerpunktzusammenfassungen, gibt es jetzt verständliche Titel, ein Glossar, Zusammenfassungen, akkuratere In-Kraft-Tretungs-Daten, … für alle Gegenstände auf somes. (Abstimmungen, Ministerialentwürfe, Verordnungen). Stand 01.03.2026 19:18 wurden 16454 Zusammenfassungen lokal mit dem Modell GPT-OSS-120B erstellt. 
+Open Sourcing
+Die API und das Webfrontend sind ab sofort öffentlich und unter AGPL 3.0 freigegeben (https://github.com/som-es/somes).
+*Alle weiteren Repositories (dataservice, scraper, somai-api) folgen bis zum 30.04.2026, also spätestens zum V1 Release.
+Ausblick auf 30.04.2026
+Bis zum 1.0 Release werden noch einige Funktionen hinzugefügt und verbessert. z.B.
+	Accountsystem
+		UX-Verbesserungen
+		Fehler bei E-Mail-Benachrichtigungen werden behoben sein
+		OAuth
+	Weitere Filterfunktionen: Nach Datum, Gegenstandsanzahl pro Seite, Oppositions und Regierungsfilterung, Sortierung
+	Ministerialentwurfs und Verordnungsseite nach neuem Designschema ausrichten
+	Referenzen, “Eingebracht von …” auf Abstimmungsseite besser darstellen
+	Statistiken
+Alles sehr machbar!
+ </t>
+  </si>
+  <si>
+    <t>Open Source</t>
+  </si>
+  <si>
+    <t>02.03.2026</t>
+  </si>
+  <si>
+    <t>Stipendium Call #20</t>
+  </si>
+  <si>
+    <t>The Hidden Weak Spot of the IoT: Insecure Backends at Internet Scale</t>
+  </si>
+  <si>
+    <t>Our large-scale measurement of MQTT, CoAP, and XMPP backends shows how missing encryption, weak authentication, and misconfigurations put devices, and users at risk.</t>
+  </si>
+  <si>
+    <t>Many IoT systems rely on messaging backends that are directly reachable from the internet. Our study of 337k+ MQTT, CoAP, and XMPP backends reveals widespread information leaks, weak authentication, and DoS risks, plus clear mitigations to reduce exposure.</t>
+  </si>
+  <si>
+    <t>When we talk about Internet-of-Things security, we usually picture vulnerable cameras, smart locks, or poorly protected sensors. But many attacks don't need to start with the device at all. They can start with the "brains" behind it: the backend servers that store data, route messages, and control devices.
+In our research paper, we measured the security of real-world IoT backends at scale, focusing on three protocols that IoT systems commonly "speak" directly: MQTT, CoAP, and XMPP. We collected and tested more than 337k publicly reachable backends and found a troubling pattern: basic security protections are often missing, outdated, or misconfigured.
+What we measured (and why these protocols matter)
+IoT deployments often rely on lightweight messaging protocols rather than traditional web APIs. We focused on:
+	MQTT (publish/subscribe): devices publish messages to "topics," others subscribe to receive them.
+	CoAP (REST-like over UDP): devices request resources (like "/sensor" or "/config") from a backend.
+	XMPP (XML messaging): used for near-real-time messaging and some IoT integrations.
+These protocols were designed for constrained environments, but that also means security features may be optional, inconsistently deployed, or hard to retrofit.
+The three significant threats we looked for
+We assessed backends as an unauthenticated outsider (non-invasive testing), and focused on three high-impact problem areas:
+1) Information leakage
+Some backends expose details that should never be public: software versions, topic names, resource lists, or even sensitive device data.
+Across MQTT/CoAP/XMPP, 9.44% of reachable backends exposed information in ways that can enable privacy violations or further attacks.
+2) Weak (or missing) authentication
+Authentication is often optional in IoT deployments, and many systems omit it. Examples from the study include MQTT brokers that support wildcard topic subscriptions and XMPP servers that still support weak mechanisms such as PLAIN (credentials sent in a reversible encoding).
+3) Denial of service (DoS), including amplification
+CoAP is UDP-based, which makes it particularly susceptible to reflection/amplification attacks. We found that 30.38% of reachable CoAP backends were vulnerable to DoS attacks, and a large portion could be abused as amplification reflectors.
+Two real examples that show the impact
+To make this concrete, our paper includes motivating cases where insecure backends exposed highly sensitive data:
+	A health monitoring device whose MQTT backend revealed personally identifiable information and health indicators (and even allowed inference of an outdated broker version with known vulnerabilities).
+	A "smart car dongle" backend that leaked location, vehicle details, and anti-theft alarm status, precisely the kind of data that could enable real-world targeting.
+The "security seatbelt" that's barely used: TLS
+For TCP-based protocols (MQTT and XMPP), TLS should be a baseline protection against eavesdropping and tampering. But we observed extremely low adoption: only 0.16% of MQTT- and XMPP-speaking backends used TLS. Worse, many of the TLS-enabled ones supported outdated protocol versions (e.g., TLS 1.0/1.1), and a significant fraction were vulnerable to known weaknesses.
+What operators can do right now?
+The fixes are not vague, just often neglected:
+	Turn on authentication and authorization (MQTT ACLs, XMPP strong auth only, CoAP access controls).
+	Disable wildcard-style "list everything" exposure unless strictly needed.
+	Patch and update broker/server software (many issues map directly to outdated versions).
+	Use TLS (or DTLS for CoAP) where feasible, and configure it correctly (modern versions, safe ciphers, valid certs).
+	If the backend doesn't need to be public, put it behind a firewall or restrict access to known networks.</t>
+  </si>
+  <si>
+    <t>Analyzing the iOS Local Network Permission from a Technical and User Perspective</t>
+  </si>
+  <si>
+    <t>iOS Local Network Permission</t>
+  </si>
+  <si>
+    <t>We analyzed the iOS local network permission from a technical and user perspective.</t>
+  </si>
+  <si>
+    <t>Analyzing the iOS Local Network Permission from a Technical and User Perspective
+With the release of iOS 14, Apple introduced a dedicated permission to regulate apps' access to the local network. Although devices within local networks are typically shielded from direct Internet exposure, apps running on smartphones connected to such networks can communicate with other local devices. This capability opens a new attack vector and presents privacy risks, including tracking and household fingerprinting. Prior work showed that apps leveraged local network access to bypass the location permission, as the router's MAC address can reveal a user's location. Moreover, researchers identified malicious apps that attempted to attack routers via local network communication.
+In this work, we systematically analyzed the iOS local network permission from both technical and user perspectives. The technical perspective is particularly relevant because this permission differs fundamentally from traditional permission models. Typically, permissions protect a set of operating system APIs. In contrast, the local network permission relies on runtime monitoring of network traffic destinations and prompts the user when the system detects access to local network resources. At the time of our study, Android did not yet provide a comparable permission, allowing us to investigate differences in their access behavior. From a user perspective, the intrinsic technical complexity of the permission raises the question of whether users can make informed decisions when confronted with the dialog.
+We first evaluated the security of the permission's implementation by implementing a test app trying to access the local network through various methods. We then conducted a large-scale dynamic analysis to detect local network access in apps and compared the prevalence and characteristics of such access between Android and iOS apps. Next, we analyzed the developer-provided rationales for the permission. Finally, we conducted an online user study with 150 participants to assess users' understanding of the permission and its implications.
+Our work revealed two methods to bypass the permission from webviews and showed that the protected local network addresses were insufficient.
+We found that 152 iOS apps and 117 Android apps accessed the local network, and that the timing of access differed: Android apps tended to access it at startup.
+Finally, we presented both the strengths and limitations of users' understanding of the permission. While nearly every participant was aware of at least one threat (83.11%), misconceptions were even more common (84.46%).
+Link to the paper
+The paper was presented at IEEE Security and Privacy 2025: https://www.computer.org/csdl/proceedings-article/sp/2025/223600a045/21B7QxJBmzC 
+ </t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
+  </si>
+  <si>
+    <t>KI und öffentliche Beschaffung: Ein Thema ist angekommen – aber wohin entwickelt es sich?</t>
+  </si>
+  <si>
+    <t>KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart</t>
+  </si>
+  <si>
+    <t>Der Beitrag beleuchtet aktuelle Entwicklungen an der Schnittstelle von KI und öffentlicher Beschaffung. Erzeigt internationale Beispiele, unterschiedliche Positionen und laufende regulatorische Prozesse auf.</t>
+  </si>
+  <si>
+    <t>Zu Jahresbeginn 2025 war die Verbindung zwischen Künstlicher Intelligenz und öffentlicher Beschaffung in der Fachliteratur noch eher dünn. Einzelne Pilotprojekte und politische Ankündigungen existierten zwar bereits, doch eine breitere, systematische Auseinandersetzung blieb zunächst aus. Das änderte sich deutlich: es häufen sich nunmehr (wissenschaftliche) Beiträge, (Policy-)Papiere, Studien und Debatten. Das Thema ist (mit sehr unterschiedlichen Deutungen) angekommen.
+Dabei lohnt es sich, zwei Ebenen auseinanderzuhalten, die in der aktuellen Diskussion oft vermischt werden: Zum einen geht es um die digitale Transformation des Beschaffungswesens selbst, also den Einsatz von Technologien zur Unterstützung oder Automatisierung von Vergabeprozessen. Zum anderen die öffentliche Beschaffung von KI-Systemen für andere staatliche Zwecke. Beide Aspekte entwickeln sich dynamisch und bringen jeweils eigene Chancen und Risiken mit sich.
+Ein viel zitiertes Beispiel lieferte Albanien. Im Jänner 2025 kündigte die Regierung die Einführung eines KI-Assistenten für die öffentliche Beschaffung an. „Diella“, integriert in die staatliche Plattform eAlbania, soll Ausschreibungen analysieren und schrittweise Entscheidungen vorbereiten oder treffen. Edi Rama erklärte laut Guardian, es sei das Ziel, öffentliche Vergaben vollständig frei von Korruption zu machen, indem menschliche Ermessensspielräume reduziert und durch algorithmische Bewertungen ersetzt werden. Gerade in einem Land, in dem öffentliche Aufträge lange als besonders korruptionsanfällig galten, wird KI hier als Hoffnungsträger dargestellt.
+Ganz anders fällt der Ton zum Teil in der US-amerikanischen Literatur aus. In ihrem Artikel „Buying Blind: Corruption Risk and the Erosion of Oversight in Federal AI Procurement“ zeichnet die Rechtswissenschaftlerin Tillipman ein deutlich skeptischeres Bild. Ihre zentrale These ist dabei nicht, dass KI grundsätzlich ungeeignet für den öffentlichen Sektor wäre. Im Gegenteil: Sie erkennt an, dass KI-Effizienzgewinne bringen, Prozesse standardisieren und potenziell auch Korruptionsrisiken reduzieren kann.
+Ihre Kritik setzt jedoch an der Art und Weise der Beschaffung an. Tillipman argumentiert, dass in den USA KI-Systeme zunehmend über beschleunigte, kommerzielle Beschaffungswege, oft ohne ausreichende Transparenz über Trainingsdaten, Funktionsweise oder Entscheidungslogiken einkauft werden. Governance werde dabei faktisch „in den Vertrag ausgelagert“, während klassische Kontrollmechanismen wie Audit-Rechte, Nachvollziehbarkeit oder unabhängige Überprüfung geschwächt würden. Besonders problematisch ist aus ihrer Sicht, dass diese Defizite bereits in der Beschaffungsphase strukturell verankert werden. Wer KI „blind“ einkauft, übernimmt langfristig auch deren Risiken: Automatisierungsbias, Abhängigkeiten von einzelnen Anbietern, eingeschränkte Korrekturmöglichkeiten und eine schleichende Erosion menschlicher Aufsicht. Governance und Innovation seien dabei kein Gegensatz – vielmehr sei funktionierende Governance Voraussetzung für nachhaltige Innovation.
+Während Albanien KI also explizit als Anti-Korruptionsinstrument positioniert, warnt etwa Tillipman davor, dass schlecht regulierte KI-Beschaffung selbst neue, schwer erkennbare Formen struktureller Korruption begünstigen kann. Zwei Kontexte, zwei Narrative, dieselbe Technologie. Dieses Spannungsfeld wird durch die rasante technische Entwicklung bis ins Extreme weiter zugespitzt. Ein brandaktuelles Beispiel ist OpenClaw, ein von einem Österreicher erschaffener Open-Source-KI-Agent, der nicht nur analysiert oder Texte generiert, sondern eigenständig Aufgaben ausführt („AI that actually does things“).
+Parallel dazu laufen auch auf europäischer Ebene relevante Prozesse: Die Europäische Kommission hat kürzlich die öffentliche Konsultation  zur Überarbeitung der EU-Vergaberichtlinien geschlossen. Außerdem gewinnen geopolitische Überlegungen zunehmend an Bedeutung, etwa im Zusammenhang mit digitaler Souveränität, Cloud-Infrastrukturen und der strategischen Abhängigkeit von außereuropäischen KI-Anbietern.
+Was sich derzeit jedenfalls klar sagen lässt: KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart. Ob sie primär als Instrument für mehr Integrität oder als Katalysator neuer Risiken wirkt, hängt weniger von der Technologie selbst ab als von den institutionellen, rechtlichen und politischen Rahmenbedingungen. Zahlreiche Fragen sind offen, und machen das Thema derzeit so spannend wie umstritten.</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Public Procurement</t>
+  </si>
+  <si>
+    <t>05.02.2026</t>
+  </si>
+  <si>
+    <t>DSA-Monitor: Kick Off des Projektes</t>
+  </si>
+  <si>
+    <t>Ein Analyse- und Wissens-Hub für wirksames DSA-Enforcement</t>
+  </si>
+  <si>
+    <t>Betrug, Desinformation, problematische Werbung oder Hatespeech: Viele Risiken sind bekannt, aber oft schwer belegbar und regulatorisch schwer greifbar. DSA-Monitor bündelt Praxiswissen, bereitet es evidenzbasiert auf und stärkt so die DSA-Durchsetzung – mit Fokus auf Jugendliche und Trusted Flagger.</t>
+  </si>
+  <si>
+    <t>Illegale Inhalte und problematische Praktiken gehören für viele Nutzer:innen zum Alltag auf Plattformen wie Facebook, Instagram, TikTok &amp; Co.: Von betrügerischen Angeboten und Hate Speech über Desinformation bis hin zu riskanten Design- und Werbepraktiken, die besonders Kinder und Jugendliche treffen können. Gleichzeitig bleiben viele Mechanismen hinter diesen Phänomenen schwer greifbar – etwa weil Plattformlogiken und Algorithmen oft intransparent sind und sich Risiken dynamisch verändern.
+Digital Services Act als Werkzeug zur Rechtsdurchsetzung
+Mit dem Digital Services Act (DSA) hat die EU erstmals einen europaweit einheitlichen Rechtsrahmen geschaffen, der große Plattformen stärker in die Verantwortung nimmt und klare Pflichten zur Risikominimierung und Transparenz festlegt. Plattformen mit mehr als 45 Mio. aktiven Nutzer:innen in der EU – sogenannte Very Large Online Platforms (VLOPs) – müssen u.a. systemische Risikoanalysen durchführen, Maßnahmen zur Minimierung dieser implementieren sowie Mechanismen zur effektiven Meldung illegaler Inhalte bereitstellen. Dass der DSA bereits konkret Wirkung entfaltet, zeigt ein Blick auf die laufende Umsetzung und erste Verfahren: So hat die Europäische Kommission formelle Verfahren gegen Plattformen wie TikTok und Meta (Facebook/Instagram) eingeleitet — etwa wegen mutmaßlicher Verstöße gegen Transparenz- und Meldepflichten. 
+In der DSA-Umsetzung zeigt sich allerdings eine wiederkehrende Lücke zwischen bekannten Problemen und belastbarer Evidenz: Bei vielen DSA-relevanten Risiken, wie etwa algorithmisch verstärkte Inhalte oder jugendschutzrelevante Desinformation, fehlen systematische, unabhängige Daten. Häufig gibt es Praxiserfahrungen, aber zu wenig systematische Aufbereitung, die für Aufsicht und Durchsetzung nutzbar sind. Begrenzte Ressourcen führen dazu, dass Wissen bisher oft nur ad hoc weitergegeben werden kann. Gleichzeitig wenden sich Behörden seit dem Inkrafttreten des DSA immer häufiger mit DSA-relevanten Fragestellungen an zivilgesellschaftliche Akteur:innen - so auch an uns, das Österreichische Institut für Angewandte Telekommunikation (ÖIAT). 
+ÖIAT als Sensor im Feld
+Das ÖIAT ist seit 1997 eine zentrale Anlaufstelle für genau diese Akteur:innen, wenn es um die digitale Sicherheit geht. Mit unseren Initiativen - wie Saferinternet.at, Watchlist Internet, Internet Ombudsstelle und der Servicestelle digitaleSenior:innen - und der damit einhergehenden Zielgruppennähe fungieren wir als Sensor im Feld für digitale Risiken in Österreich. Zugleich zählen wir zu den ersten Trusted Flaggern Österreichs und können als solche gemäß des DSA Inhalte prioritär an VLOPs melden.
+Diese Position wollen wir nutzen und schaffen mit DSA-Monitor ein zentrales Analyse- und Wissens-Hub, um die Lücke zwischen Praxiswissen und systematischer Evidenz zu schließen. Ziel ist es, fundierte, evidenzbasierte Erkenntnisse so aufzubereiten, dass sie für die digitale Plattformaufsicht und andere DSA-Stakeholder direkt nutzbar werden – und damit die wirksame Umsetzung des DSA in Österreich unterstützen. Der Fokus liegt dabei auf zwei Themenfelder: Strukturelle Hürden für Trusted Flagger sowie Kinder- und Jugendschutz. Ergänzend entsteht ein Toolkit, das Trusted Flagger in ihrer (Zusammen-)Arbeit unterstützen soll. 
+Im Jänner fand der Kick-off des Projekts DSA-Monitor statt. In den kommenden Monaten arbeiten wir daran, bestehende Wissenslücken zu schließen, praxisrelevante Evidenz aufzubereiten und damit einen konkreten Beitrag zur wirksamen Umsetzung des Digital Services Act in Österreich zu leisten.</t>
+  </si>
+  <si>
+    <t>Digital Service Act, Trusted Flagger, Social Media</t>
+  </si>
+  <si>
     <t>Community Project</t>
   </si>
   <si>
-    <t>Topokurator</t>
-[...168 lines deleted...]
-Wir freuen uns schon sehr darauf unser Projekt weiterentwickeln zu können und starten mit neuer Energie und Motivation unsere Arbeit.
+    <t>DroneLink</t>
+  </si>
+  <si>
+    <t>DroneLink schafft Kommunikation dort, wo Netze fehlen. Drohnen bauen innerhalb kürzester Zeit unabhängige, breitbandige Funkverbindungen auf – offen, nachbaubar und ideal für Forschung und Kriseneinsätze.</t>
+  </si>
+  <si>
+    <t>**Was ist DroneLink?** 
+DroneLink ist ein modulares Kommunikationssystem, bei dem Drohnen als fliegende Relaisstationen fungieren. Ausgestattet mit gerichteten Wi‑Fi‑Richtfunkantennen bauen sie ein unabhängiges Netzwerk zwischen Bodenstationen auf.
+Die Drohnen übernehmen dabei nicht nur den Transport der Antennen, sondern auch:
+* die autonome Positions- und Höhenwahl
+* die präzise Ausrichtung der Antennen mittels Gimbal
+* den sicheren, verschlüsselten Datentransfer
+So entstehen temporäre, leistungsfähige Verbindungen – ohne Mobilfunklizenzen und ohne vorhandene Netzinfrastruktur.
+**Wie funktioniert das System?**
+1. **Initiale Koordination**: Ein robuster, niederbandbreiter Kanal dient zur Positionsbestimmung, Synchronisation und Verbindungsaufnahme zwischen den Bodenstationen.
+2. **Optimale Drohnenpositionierung**: Ein Algorithmus berechnet anhand von GPS‑Daten und digitalen Höhenmodellen jene Position, an der eine stabile Sichtverbindung gewährleistet ist.
+3. **Autonomer Flug &amp; Antennenausrichtung**: Die Drohne fliegt selbstständig in die berechnete Position und richtet die Richtfunkantennen mithilfe eines Gimbals kontinuierlich und exakt aus.
+4. **Hochbandbreitige Datenübertragung*: Über 5 GHz oder 60 GHz werden Datenraten bis in den Gigabit‑Bereich erreicht – sicher, verschlüsselt und unabhängig von bestehenden Netzen.
+**Für wen ist DroneLink gedacht?** 
+DroneLink richtet sich an Entwickler:innen der Open-Source-Community, Forschungseinrichtungen sowie Einsatz- und Katastrophenhilfsorganisationen, die auf flexible und zuverlässige Kommunikationslösungen angewiesen sind. Insbesondere Projekte rund um PX4, ArduPilot und MAVLink profitieren von der offenen Architektur und den standardisierten Schnittstellen. Gleichzeitig bietet DroneLink Universitäten und Fachhochschulen eine realitätsnahe Plattform für Forschung und Lehre im Bereich autonomer Systeme. Für Einsatzkräfte ermöglicht das System den schnellen Aufbau leistungsfähiger Kommunikationsnetze in Krisen- und Katastrophensituationen, auch dort, wo keinerlei Infrastruktur vorhanden ist.</t>
+  </si>
+  <si>
+    <t>Proof of Concept, Studie|Konzept</t>
+  </si>
+  <si>
+    <t>Linux, Sensorik</t>
+  </si>
+  <si>
+    <t>cyberphysische Systeme, Distributed Systems, Network Security</t>
+  </si>
+  <si>
+    <t>Technische Universität Wien</t>
+  </si>
+  <si>
+    <t>PX4 Autopilot</t>
+  </si>
+  <si>
+    <t>Hilfsorgansationen |Freiwilligei, Öffentliche Hand, Techniker:innen, thematische Community</t>
+  </si>
+  <si>
+    <t>04.02.2026</t>
+  </si>
+  <si>
+    <t>Projektstart DroneLink</t>
+  </si>
+  <si>
+    <t>Kommunikation in luftigen Höhen</t>
+  </si>
+  <si>
+    <t>DroneLink entwickelt ein offenes, drohnengestütztes Kommunikationssystem für hochbandbreitige Verbindungen ohne bestehende Infrastruktur. Autonome Drohnen ermöglichen flexible, schnelle Kommunikation für Forschung und Kriseneinsätze.</t>
+  </si>
+  <si>
+    <t>Was ist DroneLink?
+Kommunikation ist in vielen Situationen selbstverständlich – bis sie plötzlich nicht mehr verfügbar ist. Bei Naturkatastrophen, großflächigen Stromausfällen oder Einsätzen in abgelegenen Regionen fehlt oft jede Form von zuverlässiger Datenverbindung. Genau hier setzt DroneLink an: Ein offenes, drohnengestütztes Kommunikationssystem, das unabhängig von bestehender Infrastruktur funktioniert und innerhalb kurzer Zeit hochbandbreitige Verbindungen herstellen kann.
+Die Grundidee ist einfach, aber wirkungsvoll: Autonome Drohnen fungieren als fliegende Relaisstationen. Sie positionieren sich selbstständig, richten Antennen präzise aus und verbinden entfernte Bodenstationen über frei verfügbare Funkfrequenzen. Dadurch entstehen temporäre Netzwerke mit hoher Bandbreite und geringer Latenz – vollständig Open Source, nachbaubar und flexibel anpassbar.
+Wie geht es weiter?
+In den kommenden Wochen legen wir den Fokus auf den Hardwarentwurf. Dazu zählen die Auswahl und Abstimmung geeigneter Komponenten, der Aufbau der Drohne sowie erste Flug- und Stabilitätstests. Wir wählen geeignete Motoren, Flugcomputer, Batterien, Telemetrie-Radios und weitere Systemkomponenten aus, um eine stabile, leistungsfähige und ausdauernde Plattform für den späteren Kommunikationsbetrieb mit Richtfunkantennen und Gimbal zu schaffen.
+Parallel dazu beginnen wir mit der Umsetzung der grundlegenden Softwarearchitektur. Dazu zählt die Entwicklung der Server- und Client-Komponenten für die Bodenstationen, die Definition interner Schnittstellen sowie die Integration der Drohne über das MAVLink-Protokoll. Ziel ist eine modulare Basis, die eine saubere Trennung von Flugsteuerung, Kommunikation und Netzwerklogik ermöglicht und zukünftige Erweiterungen erleichtert.
+Open Source Repositories
+Die Entwicklung von DroneLink erfolgt vollständig offen. Der Quellcode und die Dokumentation werden schrittweise in folgendem Repository veröffentlicht: https://github.com/F-WuTS/DroneLink</t>
+  </si>
+  <si>
+    <t>Kick-Off für die Hinweisbox</t>
+  </si>
+  <si>
+    <t>Wir haben gestartet und entwickeln im Team</t>
+  </si>
+  <si>
+    <t>Wir haben gestartet und entwickeln im Team „Die Hinweisbox – eine Whistleblower-Plattform für Kinderschutz in Organisationen“ 😊</t>
+  </si>
+  <si>
+    <t>... das Team sind wir, ECPAT Österreich – Arbeitsgemeinschaft zum Schutz der Rechte der Kinder vor sexueller Ausbeutung, und HI1 - Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Entwicklung, Optimierung und Beratung.</t>
+  </si>
+  <si>
+    <t>Das Team sind wir, ECPAT Österreich – Arbeitsgemeinschaft zum Schutz der Rechte der Kinder vor sexueller Ausbeutung, und HI1 - Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Entwicklung, Optimierung und Beratung. 
+In unserem ersten Kick-off-Meeting im Dezember wurden Rollen, Zuständigkeiten und Arbeitspakete sowie Umfang und Ausrichtung der Plattform klar definiert. 
+Ein erster Schwerpunkt liegt auf der Benchmark-Recherche um Anforderungen und Abgrenzungen für die Hinweisbox abzuleiten. Parallel dazu wurde eine strukturierte Liste offener Fragen für die Rechtsberatung erarbeitet. Diese betreffen unter anderem den Betrieb der Lösung, Anwenderinformationen, Anonymität, Barrierefreiheit, Datei-Uploads, Zugriffsregelungen sowie den Umgang mit und Besitz von Daten auf dem Server.
+Erste technische und organisatorische Grundlagen für Internationalisierung, Übersetzungen und Barrierefreiheit wurden ebenfalls thematisiert.
+Nach einem erfolgreichen Projektstart liegt der Fokus in den kommenden Wochen klar auf der Vertiefung in der Konzeption und technischen Entwicklung. Die ersten UML-Diagramme sind schon erstellt worden.
  </t>
   </si>
   <si>
-    <t>Stipendium Call #20</t>
-[...90 lines deleted...]
-    <t>03.01.2026</t>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>Demokratie im Schulalltag: aula startet erfolgreich</t>
+  </si>
+  <si>
+    <t>Schüler*innen gestalten mit. Erfolgreicher Projektstart an der ersten Schule</t>
+  </si>
+  <si>
+    <t>aula startet erfolgreich in die Umsetzungsphase!</t>
+  </si>
+  <si>
+    <t>aula bietet Schüler*innen einen niedrigschwelligen, praxisnahen Zugang zu demokratischen Prozessen und Mitbestimmung im Schulalltag</t>
+  </si>
+  <si>
+    <t>So nimmt aula Fahrt auf!
+Die erste Schule hat die Arbeit mit aula erfolgreich aufgenommen. Mit spürbarer Begeisterung auf allen Seiten.
+	Erfolgreicher Projektstart an der ersten Schule: Ein Projektteam aus Schüler*innen und Lehrkräften wurde gebildet.
+	Drei Einführungsworkshops erfolgreich durchgeführt: Die Workshops als auch das Webinar zur aula Stunde wurden sehr positiv aufgenommen.
+	Akzeptanz der aula-App: Trotz anfänglicher technischer Herausforderungen konnten die ersten Codes erfolgreich freigeschaltet werden. Die Schüler*innen beteiligen sich aktiv, lernen konstruktives Feedback zu geben und zeigen Freude am Format.
+	Vernetzung und Kommunikation: Parallel zu den ersten Workshops fanden erste Vernetzungs- und Abstimmungstreffen statt, um Projektziele, pädagogische Ansätze und organisatorische Abläufe gemeinsam zu reflektieren und die Zusammenarbeit zu stärken.
+Ausblick:
+Der Projektverlauf ist insgesamt sehr positiv. Als nächste Schritte sind die Einbindung weiterer Schulen sowie eine kontinuierliche Vernetzung geplant.
+ </t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -734,65 +761,65 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="120.256" bestFit="true" customWidth="true" style="0"/>
-[...11 lines deleted...]
-    <col min="25" max="25" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="195.667" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="355.056" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1136.008" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="820.942" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -842,552 +869,540 @@
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="B2"/>
+      <c r="C2"/>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="N2"/>
       <c r="O2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="P2"/>
-      <c r="Q2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
-      <c r="V2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="V2"/>
       <c r="W2"/>
-      <c r="X2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
       <c r="B3">
-        <v>7940</v>
+        <v>7723</v>
       </c>
       <c r="C3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="N3"/>
       <c r="O3" t="s">
-        <v>39</v>
-[...7 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q3"/>
+      <c r="R3"/>
       <c r="S3"/>
-      <c r="T3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="T3"/>
+      <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
-      <c r="X3" t="s">
-[...2 lines deleted...]
-      <c r="Y3"/>
+      <c r="X3"/>
+      <c r="Y3" t="s">
+        <v>38</v>
+      </c>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4">
-        <v>7909</v>
+        <v>7820</v>
       </c>
       <c r="C4" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
-      <c r="Y4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5">
-        <v>7840</v>
+        <v>7761</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="N5"/>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
-      <c r="Y5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
-        <v>7840</v>
+        <v>7977</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
-        <v>62</v>
-[...4 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q6"/>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
-      <c r="U6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U6"/>
       <c r="V6"/>
       <c r="W6"/>
-      <c r="X6" t="s">
-[...2 lines deleted...]
-      <c r="Y6"/>
+      <c r="X6"/>
+      <c r="Y6" t="s">
+        <v>54</v>
+      </c>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
-        <v>7996</v>
+        <v>7730</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="N7"/>
       <c r="O7" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="P7" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
-      <c r="Y7"/>
+      <c r="Y7" t="s">
+        <v>60</v>
+      </c>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8">
-        <v>8052</v>
+        <v>7905</v>
       </c>
       <c r="C8" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="L8"/>
-      <c r="M8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M8"/>
       <c r="N8"/>
       <c r="O8" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-      <c r="R8"/>
+        <v>63</v>
+      </c>
+      <c r="P8"/>
+      <c r="Q8" t="s">
+        <v>64</v>
+      </c>
+      <c r="R8" t="s">
+        <v>65</v>
+      </c>
       <c r="S8"/>
-      <c r="T8"/>
-[...6 lines deleted...]
-      </c>
+      <c r="T8" t="s">
+        <v>66</v>
+      </c>
+      <c r="U8" t="s">
+        <v>67</v>
+      </c>
+      <c r="V8" t="s">
+        <v>68</v>
+      </c>
+      <c r="W8" t="s">
+        <v>69</v>
+      </c>
+      <c r="X8" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9">
-        <v>7909</v>
+        <v>7905</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="L9"/>
-      <c r="M9"/>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
       <c r="N9"/>
-      <c r="O9"/>
-[...3 lines deleted...]
-      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
         <v>2025</v>
       </c>
       <c r="B10">
-        <v>7863</v>
+        <v>7940</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
+        <v>76</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>78</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
         <v>80</v>
       </c>
-      <c r="L10"/>
-[...14 lines deleted...]
-      </c>
+      <c r="Q10"/>
+      <c r="R10"/>
+      <c r="S10"/>
       <c r="T10"/>
-      <c r="U10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11">
-        <v>8048</v>
+        <v>8039</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="N11" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="O11" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">