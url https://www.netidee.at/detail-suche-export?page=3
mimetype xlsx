--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,310 +98,429 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
-    <t>Event netidee</t>
-[...8 lines deleted...]
-    <t>13.10.2025</t>
+    <t>Projekt Call #20</t>
+  </si>
+  <si>
+    <t>Community Project</t>
+  </si>
+  <si>
+    <t>DSA-Monitor</t>
+  </si>
+  <si>
+    <t>Wissens- und Analyse-Hub für evidenzbasiertes DSA-Enforcement</t>
+  </si>
+  <si>
+    <t>Der Digital Services Act (DSA) ist die erste EU-weite Verordnung, die illegale Inhalte auf Plattformen wie Meta, TikTok &amp; Co. bekämpft und Plattformen stärker in die Verantwortung nimmt. Das ÖIAT ist als Trusted Flagger im Sinne des DSA ein vertrauenswürdiger Hinweisgeber und kann problematische Inhalte prioritär zur raschen Entfernung melden. Gleichzeitig ist das ÖIAT seit 1997 eine zentrale Anlaufstelle für digitale Sicherheit. Mit unseren Initiativen wie saferinternet.at, Watchlist Internet, der Internet Ombudsstelle oder der Servicestelle digitaleSenior:innen und durch unsere Nähe zu den Zielgruppen fungieren wir als Frühwarnsystem für digitale Risiken in Österreich.
+Seit Inkrafttreten des DSA wenden sich Behörden mit relevanten Fragestellungen an zivilgesellschaftliche Organisationen wie uns. Die DSA-relevanten Probleme sind häufig bekannt, aber nur schwer greifbar. Aufgrund begrenzter Ressourcen können wir Praxiserfahrungen bisher nur ad-hoc weitergeben – vertiefende Recherchen und Analysen, die regulatorisch verwertbar wären, fehlen. Dies erschwert das DSA-Enforcement.
+Mit DSA Monitor schaffen wir ein zentrales Analyse- und Wissens-Hub, das diese Lücke schließen soll. Zu den Schwerpunktthemen „Kinder- und Jugendschutz“ sowie „Hürden für Trusted Flagger“ wollen wir fundiertes, evidenzbasiertes Wissen für die digitale Plattformaufsicht aufbereiten und Behörden gezielt beim DSA-Enforcement unterstützen.</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
+    <t>RxAngular</t>
+  </si>
+  <si>
+    <t>Hochperformante Verarbeitung &amp; Anzeige von Informationen im Web</t>
+  </si>
+  <si>
+    <t>**Wer sind wir?** Michael Hladky und sein Team beschäftigen sich bereits seit mehr als 10 Jahren mit der Entwicklung und Anwendung von innovativen Web-Technologien zur Beschleunigung von browserbasierten Anwendungen. Motivation: Wartezeiten aufgrund von Performancemängel sollen der Vergangenheit angehören.
+**Für wen ist es?** Das Anwendungsgebiet unserer Entwicklung liegt generell bei browserbasierten Anwendungen - sowohl online (z.B. Webshop) als auch offline (z.B. Multimediasystem im Auto). Unsere Entwicklung richtet sich an Anbieter:innen bzw. Entwickler:innen dieser Anwendungen, um deren Benutzer:innen die bestmögliche Nutzungserfahrung (z.B. ununterbrochene App-Response) bieten zu können.
+**Was ist es?** Bei Seiten-Ladezeiten &gt;3s brechen 53% der Nutzenden den Ladevorgang ab (Google 2017). RxAngular löst das Problem der Verarbeitung und Darstellung von großen Datenmengen bei gleichzeitiger Gewährleistung von dauerhafter User-Interaktivität. Mit RxAngular ist es möglich, auch bei gegebenen System-Limitationen und Randbedingungen (z.B. begrenzte Prozessorleistung) stets die bestmögliche Performance und den höchstmöglichen Datendurchsatz zu erreichen und so negative Nutzungserlebnisse zu verhindern.
+**Wie funktioniert es?** Mit RxAngular werden in einem umfassenden Toolset neue Verfahren und Algorithmen zur Beschleunigung und Optimierung der Runtime Performance von browserbasierten Anwendungen entwickelt. Herzstück sind neuartige Verfahren zur unterbrechungsfreien, intelligenten Aufteilung und Priorisierung von Datenströmen mit neuentwickelten Konzepten wie Frame-Budget-Metrik, Task Abortion oder intell. Coalescing+Scoping.</t>
+  </si>
+  <si>
+    <t>SW-Bibliothek</t>
+  </si>
+  <si>
+    <t>Big Data</t>
+  </si>
+  <si>
+    <t>Internet Messungen</t>
+  </si>
+  <si>
+    <t>Techniker:innen</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>Kick-off: computor - mit Erfahrung und KI zum Release-Plan</t>
+  </si>
+  <si>
+    <t>Was wir nach dem netidee Community Camp für unsere computor-Releases planen.</t>
+  </si>
+  <si>
+    <t>Mit computor entwickeln wir mit Unterstützung von netidee eine offene, KI-gestützte Lernplattform für Data Science in VS Code, die Studierenden beim Denken hilft, statt nur Lösungen zu liefern.</t>
+  </si>
+  <si>
+    <t>Im Oktober 2025 ist computor offiziell als netidee-Projekt gestartet. Hier stehen wir nach den ersten Wochen: Wir haben eine klare Zielrichtung für computor abgeleitet – eine didaktische KI-Lernplattform für Data Science in einer echten VS-Code-Umgebung – und gemeinsam mit netidee einen Fahrplan für unsere nächsten Releases definiert.
+Eine wichtige Erfahrung war für mich das netidee Community Camp in Wien: Dort konnte ich computor erstmals im Kreis anderer Projektteams vorstellen und habe vor allem mitgenommen, wie wertvoll es ist, Hypothesen sehr früh mit kurzen Befragungen zu testen, bevor man Features implementiert. Die Location war großartig und hat viel Raum für informelle Gespräche und Austausch gegeben. Unter anderem konnte ich die Organisatoren der PyCon Austria (https://2026.pycon.at/) kennenlernen, bei der ich nächstes Jahr einen Beitrag liefern will. 
+Auf Basis dieser Inputs haben wir unseren Entwicklungsfahrplan geschärft: Für Release v26.3 im Frühjahr 2026 wollen wir eine erste Version der KI-Assistenz und der Review-Funktionen in VS Code bereitstellen, mit Fokus auf didaktisch sinnvolle Hinweise und Workflows, die sich in bestehende Lehrveranstaltungen integrieren lassen; für Release v26.10 im Herbst 2026 planen wir den Web-Modus von computor, ein Dashboard für Lehrende sowie öffentliche Beispielkurse, die über computor.at direkt im Browser genutzt werden können.
+Aktuell arbeiten wir an drei Dingen parallel: Wir formulieren konkrete Hypothesen dazu, wie Studierende und Lehrende computor nutzen wollen, wir entwickeln kurze Online-Fragebögen und Interviewleitfäden, um diese Hypothesen im laufenden Lehrbetrieb zu testen, und wir definieren erste Use Cases für die KI-Assistenz – etwa wie sie Fehlermeldungen erklären, bei der Strukturierung von Data-Science-Aufgaben helfen und Plots qualitativ einschätzen soll, ohne einfach nur Musterlösungen auszuspucken.
+Im nächsten Blogeintrag werden wir darüber berichten, welche Rückmeldungen wir aus den ersten Befragungen bekommen haben, wie wir diese Ergebnisse in das Design der KI-Funktionen einfließen lassen und wie interessierte Lehrende und Studierende die computor in der VSCode-Extension bzw. einer frühen Web-Version ausprobieren können.</t>
+  </si>
+  <si>
+    <t>Release, Planung</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>computor</t>
+  </si>
+  <si>
+    <t>your computing tutor</t>
+  </si>
+  <si>
+    <t>**computor** ist eine offene Lernplattform, mit der Studierende Programmieren für Data Science in einer echten Entwicklungsumgebung lernen – unterstützt von einer didaktisch gesteuerten KI.</t>
+  </si>
+  <si>
+    <t>In vielen Programmier-Lehrveranstaltungen ist KI längst Alltag: Studierende kopieren Lösungen aus ChatGPT &amp; Co., ohne wirklich zu verstehen, was passiert. Klassische Übungsplattformen und Auto-Grader wurden aber für die „Vor‑KI‑Zeit“ gebaut – sie erkennen nicht, ob Lernende selbst denken oder nur Antworten einfügen.
+Am Institut für Theoretische Physik und Computational Physics der TU Graz wurde in den letzten 20 Jahren mit **MatlabTutor** bereits ein bewährtes System für automatisiertes Testen von Programmieraufgaben aufgebaut. Jetzt ist der nächste Schritt fällig: eine moderne, **AI‑native** Plattform, die Lernen mit KI ermöglicht, ohne die didaktische Kontrolle zu verlieren.
+# Ziele des Projekts
+- Eine **browserbasierte computor-Plattform** aufbauen, die komplett ohne lokale Installation funktioniert.  
+- Eine **KI-Coding‑Assistenz** entwickeln, die Lernende mit Hinweisen unterstützt, statt fertige Lösungen zu liefern.  
+- Eine **KI‑Review‑Komponente** bereitstellen, die Code, numerische Ergebnisse und insbesondere **Plots/Visualisierungen** automatisiert beurteilen kann.  
+- Ein **Teacher‑Dashboard** entwickeln, das Fortschritt, typische Fehler und Auffälligkeiten sichtbar macht.  
+- Alle Komponenten als **Open-Source-Software** und ausgewählte Kurse als **Open Educational Resources** veröffentlichen.
+# Vorgehensweise
+- ** Aufbau auf vorhandener Praxis:**  
+  Weiterentwicklung der bestehenden MatlabTutor‑Workflows mit aktuell ca. 60 Studierenden im Alphatest.
+- **Browser statt Installation:**  
+  Einsatz von VS Code im Browser (z.B. via code‑server/Coder, Docker‑Container), um Kurse ohne Installationshürden zugänglich zu machen.
+- **Didaktische KI-Assistenz:**  
+  Integration von offenen Sprachmodellen (open weight models), die kontextsensitiv helfen, aber bewusst keine fertigen Musterlösungen produzieren.
+- **Automatisches Review &amp; Plot-Evaluation:**  
+  Kombination aus klassischen Tests und KI‑gestützter Auswertung von Code, numerischen Ergebnissen und Visualisierungen.
+- **Datengetriebene Didaktik:**  
+  Auswertung von Lernpfaden (Versuche, Fehlermeldungen, Zeitverläufe), um Lehrende bei der Betreuung großer Gruppen zu unterstützen.
+# Ergebnisse &amp; Open Source
+Geplante Haupt-Ergebnisse des netidee-Projekts:
+- **VS Code Extension – AI Code Assistant**  
+  Kontextsensitiver Tutor, der auf Aufgaben und Kursniveau abgestimmt Hinweise gibt.
+- **VS Code Extension – Review/Feedback AI**  
+  Automatisierte Bewertung von Code, numerischen Ergebnissen und Plots, inkl. didaktisch sinnvollem Feedback.
+- **computor Framework &amp; Browser-Plattform**  
+  Modularer Kern, der Aufgaben, Tests, KI‑Assistenz und Auswertung verbindet und sowohl lokal als auch in der Cloud betrieben werden kann.
+- **Teacher Dashboard**  
+  Weboberfläche für Lehrende mit Überblick über Fortschritt, typische Fehler und mögliche Problemfälle.
+- **Beispielkurse auf computor.at**  
+  Offene Kurse („Data Science mit Python“ u.ä.) als Demonstration und Einstieg, veröffentlicht als Open Educational Resources.
+# Zielgruppen &amp; Nutzen
+- **Universitäten, FHs und HTLs**  
+  - Skalierbare Betreuung großer Programmier-Lehrveranstaltungen  
+  - Besserer Umgang mit KI im Studium (nicht verbieten, sondern didaktisch integrieren)  
+  - Datensouveränität durch self‑hosting und offene Lizenzen
+- **Unternehmen &amp; Weiterbildung**  
+  - Praxisnahe Data‑Science-Schulungen mit eigener Tool‑Chain  
+  - Möglichkeit, interne Kurse und Assessments auf computor aufzubauen
+- **Open‑Source‑Community &amp; interessierte Lernende**  
+  - Moderne, offen entwickelte Lernplattform  
+  - Möglichkeit, eigene Aufgaben, Tests und Kurse beizusteuern
+# Einordnung im netidee-Kontext
+computor trägt zur netidee‑Vision bei, die Internetnutzung in Österreich zu fördern, indem:
+- **AI‑Kompetenzen** im Programmierunterricht gestärkt werden,  
+- **offene Infrastruktur** für digitale Lehre bereitgestellt wird und  
+- **Open Source &amp; OER** als Standard für moderne Lehr‑ und Lernmaterialien etabliert werden.</t>
+  </si>
+  <si>
+    <t>B2B, B2C</t>
+  </si>
+  <si>
+    <t>AI | KI, Javascript, Python</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Education |Bildung |Lernen, Programmieren</t>
+  </si>
+  <si>
+    <t>Technische Universität Graz</t>
+  </si>
+  <si>
+    <t>Visual Studio Code, Coder, Docker</t>
+  </si>
+  <si>
+    <t>Erwachsene, Jugendliche, Student:innen</t>
+  </si>
+  <si>
+    <t>Stipendium Call #20</t>
+  </si>
+  <si>
+    <t>Community Scholarship</t>
+  </si>
+  <si>
+    <t>Intellectual Property Protection in Open Data Sharing</t>
+  </si>
+  <si>
+    <t>The dissertation addresses the challenge of protecting data ownership and intellectual property (IP) in shared
+digital environments through technical safeguards. Its goal is to ensure that data owners retain control even
+after sharing by embedding verifiable, recipient-specific marks into datasets. This enables traceability and
+ownership verification in cases of unauthorised redistribution. At the core of this work is the development of
+an open-source framework that includes implementations of well-known techniques for protecting data
+ownership and can be integrated into existing data-driven platforms and extended with novel methods,
+attacks and measures.
+By enabling enforceable digital rights, this work empowers data contributors, lowers the risk of misuse, and
+encourages open and accountable data sharing. This supports fair, transparent, and trustworthy internet and
+contributes to broader societal goals like digital sovereignty and ethical data governance.
+Data ownership protection techniques, such as watermarking and fingerprinting, have been widely studied in
+the context of digital rights management and applied across various forms of digital content, such as
+multimedia and ML models (survey by Barni et al.). However, less attention has been given to structured
+datasets due to limited embedding surfaces and various technical challenges.
+The most recent approaches build on the early techniques that use pseudo-random embedding into the leastsignificant
+bits of data, with stronger fidelity measures, such as correlation preservation and downstream
+utility. We first addressed this in 2020 with our correlation-preserving fingerprinting method. In 2023, Ji et
+al. formalised correlation attacks. Zhang et al. proposed a method that, besides ownership verification, also
+enables privacy preservation. Despite these advances, many existing solutions lack robustness,
+generalisability, or blind detection capabilities.</t>
+  </si>
+  <si>
+    <t>Dissertation | PhD</t>
+  </si>
+  <si>
+    <t>AI | KI, Datenbank</t>
+  </si>
+  <si>
+    <t>Datenschutz</t>
+  </si>
+  <si>
+    <t>Technische Universität Wien</t>
+  </si>
+  <si>
+    <t>09.12.2025</t>
+  </si>
+  <si>
+    <t>DroneLink</t>
+  </si>
+  <si>
+    <t>DroneLink ist ein Open-Source-Kommunikationssystem, das über Drohnen stabile, kostengünstige Netzwerke in abgelegenen Gebieten, Notfällen und bei Veranstaltungen ermöglicht, ohne Mobilfunklizenzen.</t>
+  </si>
+  <si>
+    <t>DroneLink ist ein drohnengestütztes Open-Source-Kommunikationssystem, das schnell und unabhängig leistungsstarke Verbindungen aufbaut. Es eignet sich für Forschung, Bildung und Katastropheneinsätze, funktioniert ohne Mobilfunklizenzen und ermöglicht flexible, robuste Netzwerke über große Distanzen.
+Mit einer stabilisierten, drohnengetragenen Relaisstation überwindet DroneLink Hindernisse wie Gebäude und Gelände, um eine zuverlässige Kommunikation in herausfordernden Umgebungen zu gewährleisten. Es bietet eine kostengünstige Lösung für abgelegene Gebiete, Notfallsituationen und Veranstaltungen, bei denen herkömmliche Netzwerke unzureichend sind.</t>
+  </si>
+  <si>
+    <t>Studie|Konzept</t>
+  </si>
+  <si>
+    <t>Linux, Objective-C</t>
+  </si>
+  <si>
+    <t>cyberphysische Systeme, Distributed Systems, Network Security</t>
+  </si>
+  <si>
+    <t>Öffentliche Hand, Techniker:innen, thematische Community</t>
+  </si>
+  <si>
+    <t>Somes und der soziale Rahmen</t>
+  </si>
+  <si>
+    <t>Transparenz muss auch fair und niederschwellig sein</t>
+  </si>
+  <si>
+    <t>Somes ist eine Plattform für politische Transparenz. die Aktivitäten des österreichischen Nationalrats sichtbar und leicht zugänglich macht. Sie hilft, Bürger*innen zu verstehen, welche Abgeordneten tatsächlich wofür stehen - basierend auf echten Quellen.</t>
+  </si>
+  <si>
+    <t>Somes, das steht für “social frames”, ist eine Plattform für politische Transparenz. Das Projekt soll also u.a. politische Ereignisse und Aktivitäten offenlegen, und das niederschwellig. Somes fokussiert sich dabei (im Moment) auf den österreichischen Nationalrat, den wir alle fünf Jahre wählen, sofern kein neuwahl-würdiger Skandal passiert. In diesen fünf Jahren erfährt man jedoch erstaunlich wenig darüber, was im Nationalrat tatsächlich passiert. Besonders auffällig: Die konkreten Aktivitäten einzelner Abgeordneter geraten schnell in den Hintergrund - und das, obwohl diese Personen von uns gewählt werden, teils sogar mit Vorzugsstimmen. 
+Ob sich die Kandidaten, egal ob bei Podiumsdiskussionen, anderen Veranstaltungen oder in Talkshows dafür einsetzen, worüber sie sich noch vor der Wahl so lautstark geäußert haben? Wer hat meine Vorzugsstimme überhaupt verdient? Wer vertritt meine Interessen wirklich? Wie kann ich die tatsächlich getätigte Arbeit, basierend auf den tatsächlichen Quellen (z.B. Gesetzestexte, Anträge, Verordnungen), validieren und evaluieren? Gibt es unterschiedliche, dringliche Punkte oder Vorschläge, die in der einen politischen Blase ganz brisant sind, aber in der anderen untergehen? Wie hat sich das politische Spektrum in Österreich verändert? Macht die Regierung wirklich so wenig, oder sind das vielleicht nur einzelne Minister? Das ist in Wahrheit ein kleiner Teil der Fragen, die man sich stellen kann oder sollte, wenn man das nächste Mal das Kreuzchen macht. Aber allein um diese Fragen zu beantworten, ist eine riesige Menge an Recherche notwendig. Etwas, was schwer journalistisch auf einem individuellen Level passieren kann.
+Eine erste Implementierung (https://somes.at/alpha), welche primär während einer HTL-Diplomarbeit entstanden ist, versucht bereits jetzt diese Fragen zu beantworten. Während dieser Arbeit konnte eine solide Basis aufgebaut werden, die jetzt Stück für Stück erweitert wird, damit all diese Fragen nicht nur eindeutigere Antworten bekommen, sondern auch welche, die persönlicher und einfacher zugänglich sind. Damit wir uns diesem Ideal annähern können, braucht es eine Reihe an neuen und überarbeiteten Funktionen, welche sich in fünf Eckpfeilern (siehe Projektseite) gliedern. 
+Nächste Schritte
+Bevor allerdings neue Funktionen entwickelt werden können, sollten zuerst einige Steine aus dem Weg geräumt werden. Dazu gehört ein umfangreiches Refactoring in Front- und Backend (API, data scraping, AI integration, …), das Aufsetzen geeigneter deployment pipelines und das open sourcing der bestehenden Repositories auf https://github.com/som-es. Der Refactoring-Part ist momentan voll im Gange. So werden gerade z.B. SQL views angelegt, welche automatisch generierte composite types  verwenden, um nested structures mit SQLx (Rust) einfach - ohne "full-blown"-ORM - zu mappen und zu extrahieren.
+Erklärung zu “social frames”
+Kommunikation ist nie wertneutral. Sie bewegt sich immer in einem bestimmten sozialen oder politischen "Frame", also Rahmen, der unsere Wahrnehmung beeinflusst. Oft auch bewusst gesetzt, etwa durch gezielte Begriffe, z. B. “Asyltourismus”, oder Narrative. Somes möchte hier einen Gegenpol schaffen, indem wir faire und verantwortungsvolle Rahmen anbieten, die politischen Diskurs ermöglichen, ohne ihn durch manipulative Sprache oder Hass zu verzerren.  
+ </t>
+  </si>
+  <si>
+    <t>rust, Politik, Transparency, Open Data, somes</t>
+  </si>
+  <si>
+    <t>03.12.2025</t>
+  </si>
+  <si>
+    <t>somes</t>
+  </si>
+  <si>
+    <t>Plattform für politische Transparenz</t>
+  </si>
+  <si>
+    <t>Alle fünf Jahre wählen wir einen neuen Nationalrat - was die Volksvertretung in der Zwischenzeit allerdings macht, bleibt meist im Dunkeln. Somes macht die Aktivitäten der Nationalratsabgeordneten und der Regierung niederschwellig zugänglich.</t>
+  </si>
+  <si>
+    <t>Alle fünf Jahre wählen wir einen neuen Nationalrat - was die Volksvertretung in der Zwischenzeit allerdings macht, bleibt meist im Dunkeln. Durch den ganzheitlichen Ansatz namens somes möchten wir Desinformation (kontrolliert oder unabsichtlich), algorithmischen Filterblasen, Korruption und Politikverdrossenheit entgegenwirken, indem parlamentarische und regierungsspezifische Aktivitäten, Prozesse und Informationen niederschwellig zugänglich gemacht werden. In der 1. Ausbaustufe, die hauptsächlich während einer HTL-Diplomarbeit durchgeführt wurde, konnte schon eine solide Basis aufgebaut und viele Funktionen etabliert werden. Link zur Plattform somes 
+Vom Schulprojekt zur internationalen Musterlösung
+Im nächsten Ausbauschritt möchten wir, konkret mit fünf Teilbereichen, aber noch weiter: KI wird umfangreicher und transparenter eingesetzt,  die Internationalisierung gestartet, die Mobilapplikation entwickelt, der aktuelle Funktionsstand aufpoliert und mit partizipativen Ansätzen auf das nächste Level gehoben. Diese Teilbereiche bilden die Grundlage, um die Vision von somes als internationales best-practice Tool zu realisieren.
+KI-Funktionen z.B.
+  Themenklassifikation für Verordnungen und neue Ministerialentwürfe
+  Transparentere und verbesserte politische Haltungs- und Richtungsanalyse
+  Abgeordnetenempfehlungssystem – Welcher Abgeordnete passt zu mir?
+  Sprechende und kürzere Titel
+  Laufend neue Zusammenfassungen für alle Gegenstände und Reden
+  Zentrale Redeschwerpunkte (in Bezug zu z.B. Antragstext) in originaler Rede farblich hervorheben
+  RAG-System zu Regierungsprogramm
+Internationalisierung (EU-Parlament-Erweiterung) z.B.
+  Großer Anteil des Somes-Featureset direkt für EU-Parlament zugänglich machen
+  Modularität in Backend &amp; Frontend
+Mobilapplikation z.B.
+  Nachimplementierung der Somes-Web-Funktionen, bedingungslos mobile first
+Usability, Quality Of Life &amp; Accessiblity z.B.
+  Aktivitätsscoring
+  Statistiken
+      größere Variation an Diagrammen
+      fehlende Statistiken ergänzen
+  OAuth für Nutzerauthenication
+  Mehr Filteroptionen
+  Barrierefreiheit &amp; UX verbessern
+  Vervollständigte Informationen zu Ministerialentwürfen und Verordnungen
+  Neuigkeitenseite mit zusätzlichen Informationen erweitern
+Partizipation
+  Abgeordneten Fragen stellen können
+  Volksbegehren integrieren
+  Stimmungsbarometer</t>
+  </si>
+  <si>
+    <t>Informationsplattform, Mobile App</t>
+  </si>
+  <si>
+    <t>AGPL  3.0, GPL 3.0</t>
+  </si>
+  <si>
+    <t>AI | KI, Datenbank, Datenbanken relationale, Javascript, mobile App, SQL</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Demokratie | Transparenz, Information Visualization, Mobile Apps, Online-Plattformen</t>
+  </si>
+  <si>
+    <t>Erwachsene, Jugendliche, Politik</t>
+  </si>
+  <si>
+    <t>01.12.2025</t>
   </si>
   <si>
     <t>Blog netidee</t>
   </si>
   <si>
-    <t>Das Eventvideo zum netidee Talk 2024</t>
-[...207 lines deleted...]
-The source code for Databelt is available on GitHub, and additional details can be found in our paper.
+    <t>Das sind die Geförderten von Call 20!</t>
+  </si>
+  <si>
+    <t>Der Förderbeirat der netidee Förderungen, Österreichs großer Internet-Förderaktion, hat aus 138 Anträgen 18 Projekte und 10 Stipendiat:innen ausgewählt, welche insgesamt eine Summe von rund 1 Million Euro zur Förderung des Internets in Österreich erhalten.</t>
+  </si>
+  <si>
+    <t>1,4 Millionen Euro für innovative Projekte, Stipendien und Forschung
+Der Förderbeirat der netidee Förderungen, Österreichs großer Internet-Förderaktion, hat aus 138 Anträgen 18 Projekte und 10 Stipendiat:innen ausgewählt, welche insgesamt eine Summe von rund 1 Million Euro zur Förderung des Internets in Österreich erhalten.
+„Seit bereits 20 Jahren wird mit der Förderaktion netidee die Weiterentwicklung des Internets in Österreich unterstützt“, so Andreas Koman, Leiter der Förderaktion und Vorstandsvorsitzender der Internet Stiftung. „Und auch heuer hat der Förderbeirat wieder spannende, innovative und gesellschaftlich wertvolle Projekte ausgewählt. Wie üblich, werden alle Ergebnisse der Förderungen der Allgemeinheit kostenfrei als Open-Source zur Verfügung gestellt. Damit können sie von allen genutzt und weiterentwickelt werden und noch mehr Menschen vom Internet profitieren“, so Koman weiter.
+Die geförderten Projekte befassen sich u.a. mit dem Digital Service Act der EU zur Bekämpfung von illegalen Inhalten auf Plattformen, dem Aufbau von drohnengestützten Open-Source Kommunikationssystemen, der effizienten und datenschutzfreundlichen Anwendung von KI-Modellen, einer Whistleblower-Plattform für Kinderschutz in Organisationen, KI-gestützten Lernumgebungen, der hochperformanten Verarbeitung und Anzeige von Informationen im Web und einem E-Book-Reader für Gehörlose.
+Die Themen der geförderten Stipendiat:innen sind u.a. Quantencomputing, die Erhöhung der Effizienz von Cybersecurity-Tester*innen mittels KI, das Internet-of-Things Ecosystem und der Einsatz von KI in der öffentlichen Beschaffung.
+Sonderpreis für „Datenintegrität im Internet“ für Projekt zum Digital Service Act der EU
+Zusätzlich zur Projektförderung vergibt die netidee Förderaktion auch Sonderpreise, die mit 3.000 Euro dotiert sind. Dieser wurde heuer an ein herausragendes Projekt zum Thema „Datenintegrität im Internet“ vergeben.
+Der Förderbeirat vergab den Preis an das Projekt „DSA Monitor – Wissens- und Analyse-Hub für evidenzbasiertes DSA-Enforcement“ des ÖIAT. Dieses Projekt beschäftigt sich mit der Umsetzung des Digital Service Act (DSA) der EU, der darauf abzielt, die Verbreitung illegaler Inhalte auf digitalen Plattformen zu regulieren und die Anbieter solcher Dienste stärker in die Pflicht zu nehmen. Erstellt werden regulatorisch verwertbare Analysen und ein DSA Toolkit zur Bündelung relevanter Ressourcen. Zudem wird die Vernetzung zentraler DSA Stakeholder ermöglicht. Ein besonderer Fokus liegt auf Kinder- und Jugendschutz sowie den Herausforderungen für sog. Trusted Flagger, also anerkannte Meldestellen. Themen wie algorithmische Risiken, „Addictive Design“ und personalisierte Werbung werden untersucht. Damit wird der Hub zu einer sichereren Internetnutzung beitragen, den Kinder- und Jugendschutz stärken und die Arbeitsgrundlagen für Trusted Flagger verbessern.
+Martin-Prager-Integrationspreis an Projekt zur digitalen Inklusion
+Auch heuer wurde der Martin-Prager-Integrationspreis in Höhe von 3.000 Euro vergeben. Dieser wurde in Gedenken an den verstorbenen Stiftungsrat der Internet Stiftung, KR Ing. Martin Prager, ins Leben gerufen. Der Preis wird an jenes geförderte Projekt vergeben, das am besten auf eine Stärkung der digitalen Teilhabe sowie die Nutzung des Internets für integrative Zwecke abzielt.
+Der Förderbeirat vergab den Preis an das Projekt „eqREADER“ von equalizent Media. Dabei wird ein E-Book-Reader entwickelt, der Texte durch Tooltips mit Gebärdensprache ergänzt. Beim Anklicken eines Wortes öffnet sich ein Videofenster, in dem die entsprechende Gebärde angezeigt wird. Auf diese Weise wird das Lesen für gehörlose Personen erleichtert und Bücher im EPUB-Format werden barriereärmer zugänglich. Als Open-Source-Projekt kann der eqREADER frei weiterentwickelt werden, etwa durch die Integration eines Bildwörterbuchs oder die Anpassung an weitere Zielgruppen wie Kinder.
+netidee Science Förderung von 400.000 Euro an Forschungsprojekt des Complexity Science Hub
+Die netidee Science Förderung wird jährlich von der Internet Stiftung dotiert und vom Fonds zur Förderung der wissenschaftlichen Forschung (FWF) vergeben. Den Zuschlag erhielt heuer Frank Neffke für sein Forschungsprojekt über die Skills und die Geografie von Software-Startups. „Die Förderung von Projekten wie jenem von Frank Neffke ist ein zentraler Bestandteil unserer Mission, die digitale Kompetenz und Innovationskraft in Österreich zu stärken. Indem wir die geografischen und wirtschaftlichen Dynamiken der Software-Entwicklung besser verstehen, können wir gezielt dazu beitragen, Österreich als führenden Standort in der digitalen Wirtschaft zu etablieren und die technologische Souveränität Europas zu fördern“, so Andreas Schildberger, Vorstandsmitglied der Internet Stiftung.
+Hier eine Liste mit allen Geförderten des netidee Call 20 aus dem Jahr 2025.  Auf den verlinkten Projektseiten findet man ausführliche Einblicke in die Projekte und Stipendien - es werden regelmäßige Blogbeiträge über ihre Fortschritte verfasst. 
+Die geförderten Projekte und Stipendien 2025 – Überblick und Beschreibungen: netidee Folder 2025
+Websiten der Projekte: 
+	OSMD Braille
+	somes 
+	DSA-Monitor
+	Topokurator
+	Digi:Heldinnen
+	Faircamp 2.0
+	DroneLink
+	eIDAS Monitor
+	IndeRun
+	SovereignSOC
+	Die Hinweisbox
+	RxAngular
+	computor
+	Qriouso
+	Python-Buch
+	WebDataIntegrity
+	aula
+	eqREADER
+Websiten der Stipendien: 
+	Ne bis in idem im Verhältnis zwischen Digital Markets Act (DMA) und Art 102 AEUV 
+	Hardware Design for Post-Quantum Cryptography and Homomorphic Encryption 
+	Learning in the Quantum Regime 
+	Hidden Dangers: Uncovering Security and Privacy Risks through Large-scale Mobile App Analysis 
+	Analyzing and Understanding the Internet of Insecure Things 
+	Advancing Privacy in Federated Learning 
+	Empowering Data Ownership and Intellectual Property Protection in Open Data Sharing 
+	KI in der Beschaffung &amp; Beschaffung von KI 
+	QUDAPI: Efficient Data Pipeline in Quantum-enhanced Cloud Computing 
+	LLM Agents for Offensive Security
+SCIENCE: 
+	Skills and the geography of software startups | netidee
  </t>
   </si>
   <si>
-    <t>Edge computing, Serverless Computing, LEO</t>
-[...31 lines deleted...]
-    <t>06.10.2025</t>
+    <t>Hält doppelt wirklich besser?</t>
+  </si>
+  <si>
+    <t>Der Fall Google Shopping</t>
+  </si>
+  <si>
+    <t>Warum digitale Gatekeeper Kartellrecht und Digital Markets Act fürchten müssen</t>
+  </si>
+  <si>
+    <t>Große Digitalkonzerne unterliegen seit jeher dem klassischen Kartellrecht, inklusive des Verbots des Missbrauchs einer marktbeherrschenden Stellung nach Art 102 AEUV. Seit 2023 gilt für sog Gatekeeper zusätzlich der Digital Markets Act (DMA) – ein neues EU-Gesetz, das besonders mächtige Plattformunternehmen streng reguliert. Bislang hat die Europäische Kommission mit Alphabet, Amazon, Apple, Byte-Dance, Meta, Microsoft und Booking insgesamt sieben Digitalunternehmen als Gatekeeper qualifiziert.
+Die im DMA enthaltenen Ge- bzw Verbote überschneiden sich teilweise mit bestehenden kartellrechtlichen Bestimmungen (insb mit Art 102 AEUV). Das wirft spannende Fragen auf: Darf ein Unternehmen für ein und dasselbe Verhalten zweimal bestraft werden – einerseits auf Basis von Art 102 AEUV und andererseits nach DMA? Oder der verstößt das gegen das grundrechtlich verankerte Doppelbestrafungsverbot, wonach niemand für dieselbe Tat zweimal verfolgt bzw bestraft werden darf (sog ne bis in idem-Grundsatz)?
+Der Fall Google Shopping
+Dieses Spannungsverhältnis wird durch das prominente Google-Shopping Verfahren verdeutlicht: 2017 wurde der Suchmaschinenbetreiber Google wegen Bevorzugung seines eigenen Preisvergleichsdienstes („Google Shopping“) von der Europäischen Kommission mit einer Geldbuße von gesamt EUR 2,42 Milliarden belegt – und zwar auf Basis des kartellrechtlichen Marktmachtmissbrauchsverbots (Art 102 AEUV).
+Was passiert ist?
+In dem Verfahren ging es um die Frage, ob Google seine eigene Produktsuchmaschine („Shopping“) in den allgemeinen Suchergebnissen bevorzugt und damit andere Preisvergleichsdienste systematisch benachteiligt. Kritikpunkt: Wenn Google bei einer allgemeinen Google-Suche Produkte, Preisvergleiche etc ausliefert, erscheinen die Ergebnisse von Google Shopping oft besonders prominent – mit Bild, Preis, direktem Kauflink etc. Gleichzeitig sind Alternativen (andere Vergleichsportale) deutlich schlechter dargestellt zB in Form von einfachen Links weiter unten. Die europäischen Wettbewerbshüter sahen darin eine kartellrechtlich unzulässige „Selbstbevorzugung“ (self-preferencing) und damit einen Verstoß gegen das Marktmachtmissbrauchsverbot nach Art 102 AEUV.
+Wo ist das (potentielle) Problem?
+Mittlerweile hat die Europäische Kommission erneut ein Verfahren gegen Google wegen Selbstbevorzugung eingeleitet – dieses Mal aber auf Basis des DMA, an den sich Google als Gatekeeper ebenfalls halten muss. Nach Art 6 Abs 5 DMA ist es dem Suchmaschinenbetreiber untersagt, seine eigenen Produkte oder Dienstleistungen beim Ranking zu bevorzugen.
+Relevanz des Doppelbestrafungsverbots?
+Vor dem Hintergrund des Doppelbestrafungsverbots könnte Google nun argumentieren, dass eine erneute Untersuchung bzw Sanktionierung derselben Verhaltensweise gegen den ne bis in idem-Grundsatz verstoßen würde. Die nunmehr auf Basis des DMA erhobenen Vorwürfe erinnern jedenfalls stark an das bereits abgeschlossene Kartellverfahren nach Art 102 AEUV.
+Der Fall Google Shopping zeigt, wie sich Kartellrecht und DMA in der Praxis überschneiden und wie dadurch grundrechtlich geschützte Verfahrensgarantien berührt werden können. Ob Google eine erneute Strafe nach dem DMA befürchten muss oder eine Doppelbestrafung aufgrund des ne bis in idem-Grundsatzes ausscheidet, bleibt mit Spannung abzuwarten.</t>
+  </si>
+  <si>
+    <t>Google, Google Shopping, Kartellrecht, Selbstbevorzugung, Digital Markets Act, DMA, Doppelbestrafungsverbot, Ne bis in idem</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -715,74 +834,74 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="303.069" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="1201.992" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="21" max="21" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1211.419" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="802.09" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="12.854" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="26" max="26" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -833,550 +952,564 @@
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
         <v>2025</v>
       </c>
-      <c r="B2"/>
-      <c r="C2"/>
+      <c r="B2">
+        <v>7730</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L2"/>
-      <c r="M2"/>
+      <c r="M2" t="s">
+        <v>31</v>
+      </c>
       <c r="N2"/>
-      <c r="O2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O2"/>
       <c r="P2"/>
-      <c r="Q2"/>
+      <c r="Q2" t="s">
+        <v>32</v>
+      </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
-      <c r="B3"/>
-      <c r="C3"/>
+      <c r="B3">
+        <v>7996</v>
+      </c>
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="L3"/>
-      <c r="M3"/>
-[...6 lines deleted...]
-      <c r="P3" t="s">
+      <c r="M3" t="s">
         <v>35</v>
       </c>
-      <c r="Q3"/>
-      <c r="R3"/>
+      <c r="N3"/>
+      <c r="O3"/>
+      <c r="P3"/>
+      <c r="Q3" t="s">
+        <v>36</v>
+      </c>
+      <c r="R3" t="s">
+        <v>37</v>
+      </c>
       <c r="S3"/>
-      <c r="T3"/>
-      <c r="U3"/>
+      <c r="T3" t="s">
+        <v>38</v>
+      </c>
+      <c r="U3" t="s">
+        <v>39</v>
+      </c>
       <c r="V3"/>
       <c r="W3"/>
-      <c r="X3"/>
+      <c r="X3" t="s">
+        <v>40</v>
+      </c>
       <c r="Y3"/>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B4">
-        <v>7207</v>
+        <v>8012</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
-        <v>41</v>
-[...7 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q4"/>
+      <c r="R4"/>
       <c r="S4"/>
-      <c r="T4" t="s">
-[...5 lines deleted...]
-      <c r="V4" t="s">
+      <c r="T4"/>
+      <c r="U4"/>
+      <c r="V4"/>
+      <c r="W4"/>
+      <c r="X4"/>
+      <c r="Y4" t="s">
         <v>46</v>
       </c>
-      <c r="W4"/>
-[...6 lines deleted...]
-      </c>
+      <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B5">
-        <v>7399</v>
+        <v>8012</v>
       </c>
       <c r="C5" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="N5"/>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="P5"/>
       <c r="Q5" t="s">
+        <v>51</v>
+      </c>
+      <c r="R5" t="s">
         <v>52</v>
       </c>
-      <c r="R5"/>
       <c r="S5"/>
-      <c r="T5"/>
-[...3 lines deleted...]
-      <c r="X5"/>
+      <c r="T5" t="s">
+        <v>53</v>
+      </c>
+      <c r="U5" t="s">
+        <v>54</v>
+      </c>
+      <c r="V5" t="s">
+        <v>55</v>
+      </c>
+      <c r="W5" t="s">
+        <v>56</v>
+      </c>
+      <c r="X5" t="s">
+        <v>57</v>
+      </c>
       <c r="Y5"/>
-      <c r="Z5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B6">
-        <v>7399</v>
+        <v>7859</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="L6"/>
-      <c r="M6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M6"/>
       <c r="N6"/>
-      <c r="O6" t="s">
-[...6 lines deleted...]
-      <c r="R6"/>
+      <c r="O6"/>
+      <c r="P6"/>
+      <c r="Q6" t="s">
+        <v>61</v>
+      </c>
+      <c r="R6" t="s">
+        <v>62</v>
+      </c>
       <c r="S6"/>
-      <c r="T6"/>
-[...1 lines deleted...]
-      <c r="V6"/>
+      <c r="T6" t="s">
+        <v>63</v>
+      </c>
+      <c r="U6" t="s">
+        <v>64</v>
+      </c>
+      <c r="V6" t="s">
+        <v>65</v>
+      </c>
       <c r="W6"/>
-      <c r="X6"/>
+      <c r="X6" t="s">
+        <v>40</v>
+      </c>
       <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B7">
-        <v>7207</v>
+        <v>7905</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="L7"/>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M7"/>
       <c r="N7"/>
       <c r="O7" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-      <c r="R7"/>
+        <v>68</v>
+      </c>
+      <c r="P7"/>
+      <c r="Q7" t="s">
+        <v>69</v>
+      </c>
+      <c r="R7" t="s">
+        <v>70</v>
+      </c>
       <c r="S7"/>
-      <c r="T7"/>
-      <c r="U7"/>
+      <c r="T7" t="s">
+        <v>71</v>
+      </c>
+      <c r="U7" t="s">
+        <v>72</v>
+      </c>
       <c r="V7"/>
       <c r="W7"/>
-      <c r="X7"/>
+      <c r="X7" t="s">
+        <v>73</v>
+      </c>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B8">
-        <v>7442</v>
+        <v>7723</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="L8"/>
-      <c r="M8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
       <c r="N8"/>
-      <c r="O8"/>
-[...18 lines deleted...]
-      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q8"/>
+      <c r="R8"/>
+      <c r="S8"/>
+      <c r="T8"/>
+      <c r="U8"/>
+      <c r="V8"/>
       <c r="W8"/>
-      <c r="X8" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="X8"/>
+      <c r="Y8" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B9">
-        <v>7285</v>
+        <v>7723</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
-        <v>75</v>
-[...8 lines deleted...]
-      <c r="U9"/>
+        <v>82</v>
+      </c>
+      <c r="P9"/>
+      <c r="Q9" t="s">
+        <v>83</v>
+      </c>
+      <c r="R9" t="s">
+        <v>84</v>
+      </c>
+      <c r="S9" t="s">
+        <v>85</v>
+      </c>
+      <c r="T9" t="s">
+        <v>86</v>
+      </c>
+      <c r="U9" t="s">
+        <v>87</v>
+      </c>
       <c r="V9"/>
       <c r="W9"/>
-      <c r="X9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="X9" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
-        <v>2024</v>
-[...6 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
-      <c r="Y10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B11">
-        <v>7237</v>
+        <v>7709</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="L11"/>
-      <c r="M11"/>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
       <c r="N11"/>
       <c r="O11" t="s">
-        <v>83</v>
-[...16 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q11"/>
+      <c r="R11"/>
+      <c r="S11"/>
+      <c r="T11"/>
+      <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
-      <c r="X11" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="X11"/>
+      <c r="Y11" t="s">
+        <v>98</v>
+      </c>
+      <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">