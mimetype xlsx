--- v1 (2025-12-14)
+++ v2 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>uid</t>
   </si>
   <si>
     <t>Typ</t>
   </si>
   <si>
     <t>field_kontakt_e_mail</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
@@ -98,429 +98,340 @@
   <si>
     <t>Themengebiet</t>
   </si>
   <si>
     <t>Uni_FH</t>
   </si>
   <si>
     <t>OSSoftware</t>
   </si>
   <si>
     <t>Zielgruppe</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Projektergebnisse</t>
   </si>
   <si>
     <t>Stipendienergebnisse</t>
   </si>
   <si>
     <t>changed</t>
   </si>
   <si>
+    <t>Blog netidee</t>
+  </si>
+  <si>
+    <t>netidee Talk 2025 und 20 Jahre netidee Förderungen in Bilder</t>
+  </si>
+  <si>
+    <t>Am 20.11.2025 fand im Rahmen des Talks die Vorstellung der neuen Geförderten statt. Das war der netidee Talk in Bildern.
+Hier können alle Bilder in hoher Auflösung heruntergeladen werden: https://www.flickr.com/photos/197062710@N06/albums/72177720330515480/</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>Stipendium Call #20</t>
+  </si>
+  <si>
+    <t>Blog</t>
+  </si>
+  <si>
+    <t>KI und öffentliche Beschaffung: Ein Thema ist angekommen – aber wohin entwickelt es sich?</t>
+  </si>
+  <si>
+    <t>KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart</t>
+  </si>
+  <si>
+    <t>Der Beitrag beleuchtet aktuelle Entwicklungen an der Schnittstelle von KI und öffentlicher Beschaffung. Erzeigt internationale Beispiele, unterschiedliche Positionen und laufende regulatorische Prozesse auf.</t>
+  </si>
+  <si>
+    <t>Zu Jahresbeginn 2025 war die Verbindung zwischen Künstlicher Intelligenz und öffentlicher Beschaffung in der Fachliteratur noch eher dünn. Einzelne Pilotprojekte und politische Ankündigungen existierten zwar bereits, doch eine breitere, systematische Auseinandersetzung blieb zunächst aus. Das änderte sich deutlich: es häufen sich nunmehr (wissenschaftliche) Beiträge, (Policy-)Papiere, Studien und Debatten. Das Thema ist (mit sehr unterschiedlichen Deutungen) angekommen.
+Dabei lohnt es sich, zwei Ebenen auseinanderzuhalten, die in der aktuellen Diskussion oft vermischt werden: Zum einen geht es um die digitale Transformation des Beschaffungswesens selbst, also den Einsatz von Technologien zur Unterstützung oder Automatisierung von Vergabeprozessen. Zum anderen die öffentliche Beschaffung von KI-Systemen für andere staatliche Zwecke. Beide Aspekte entwickeln sich dynamisch und bringen jeweils eigene Chancen und Risiken mit sich.
+Ein viel zitiertes Beispiel lieferte Albanien. Im Jänner 2025 kündigte die Regierung die Einführung eines KI-Assistenten für die öffentliche Beschaffung an. „Diella“, integriert in die staatliche Plattform eAlbania, soll Ausschreibungen analysieren und schrittweise Entscheidungen vorbereiten oder treffen. Edi Rama erklärte laut Guardian, es sei das Ziel, öffentliche Vergaben vollständig frei von Korruption zu machen, indem menschliche Ermessensspielräume reduziert und durch algorithmische Bewertungen ersetzt werden. Gerade in einem Land, in dem öffentliche Aufträge lange als besonders korruptionsanfällig galten, wird KI hier als Hoffnungsträger dargestellt.
+Ganz anders fällt der Ton zum Teil in der US-amerikanischen Literatur aus. In ihrem Artikel „Buying Blind: Corruption Risk and the Erosion of Oversight in Federal AI Procurement“ zeichnet die Rechtswissenschaftlerin Tillipman ein deutlich skeptischeres Bild. Ihre zentrale These ist dabei nicht, dass KI grundsätzlich ungeeignet für den öffentlichen Sektor wäre. Im Gegenteil: Sie erkennt an, dass KI-Effizienzgewinne bringen, Prozesse standardisieren und potenziell auch Korruptionsrisiken reduzieren kann.
+Ihre Kritik setzt jedoch an der Art und Weise der Beschaffung an. Tillipman argumentiert, dass in den USA KI-Systeme zunehmend über beschleunigte, kommerzielle Beschaffungswege, oft ohne ausreichende Transparenz über Trainingsdaten, Funktionsweise oder Entscheidungslogiken einkauft werden. Governance werde dabei faktisch „in den Vertrag ausgelagert“, während klassische Kontrollmechanismen wie Audit-Rechte, Nachvollziehbarkeit oder unabhängige Überprüfung geschwächt würden. Besonders problematisch ist aus ihrer Sicht, dass diese Defizite bereits in der Beschaffungsphase strukturell verankert werden. Wer KI „blind“ einkauft, übernimmt langfristig auch deren Risiken: Automatisierungsbias, Abhängigkeiten von einzelnen Anbietern, eingeschränkte Korrekturmöglichkeiten und eine schleichende Erosion menschlicher Aufsicht. Governance und Innovation seien dabei kein Gegensatz – vielmehr sei funktionierende Governance Voraussetzung für nachhaltige Innovation.
+Während Albanien KI also explizit als Anti-Korruptionsinstrument positioniert, warnt etwa Tillipman davor, dass schlecht regulierte KI-Beschaffung selbst neue, schwer erkennbare Formen struktureller Korruption begünstigen kann. Zwei Kontexte, zwei Narrative, dieselbe Technologie. Dieses Spannungsfeld wird durch die rasante technische Entwicklung bis ins Extreme weiter zugespitzt. Ein brandaktuelles Beispiel ist OpenClaw, ein von einem Österreicher erschaffener Open-Source-KI-Agent, der nicht nur analysiert oder Texte generiert, sondern eigenständig Aufgaben ausführt („AI that actually does things“).
+Parallel dazu laufen auch auf europäischer Ebene relevante Prozesse: Die Europäische Kommission hat kürzlich die öffentliche Konsultation  zur Überarbeitung der EU-Vergaberichtlinien geschlossen. Außerdem gewinnen geopolitische Überlegungen zunehmend an Bedeutung, etwa im Zusammenhang mit digitaler Souveränität, Cloud-Infrastrukturen und der strategischen Abhängigkeit von außereuropäischen KI-Anbietern.
+Was sich derzeit jedenfalls klar sagen lässt: KI in der öffentlichen Beschaffung ist kein Zukunftsthema mehr, sondern Gegenwart. Ob sie primär als Instrument für mehr Integrität oder als Katalysator neuer Risiken wirkt, hängt weniger von der Technologie selbst ab als von den institutionellen, rechtlichen und politischen Rahmenbedingungen. Zahlreiche Fragen sind offen, und machen das Thema derzeit so spannend wie umstritten.</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence, Public Procurement</t>
+  </si>
+  <si>
+    <t>05.02.2026</t>
+  </si>
+  <si>
     <t>Projekt Call #20</t>
   </si>
   <si>
+    <t>DSA-Monitor: Kick Off des Projektes</t>
+  </si>
+  <si>
+    <t>Ein Analyse- und Wissens-Hub für wirksames DSA-Enforcement</t>
+  </si>
+  <si>
+    <t>Betrug, Desinformation, problematische Werbung oder Hatespeech: Viele Risiken sind bekannt, aber oft schwer belegbar und regulatorisch schwer greifbar. DSA-Monitor bündelt Praxiswissen, bereitet es evidenzbasiert auf und stärkt so die DSA-Durchsetzung – mit Fokus auf Jugendliche und Trusted Flagger.</t>
+  </si>
+  <si>
+    <t>Illegale Inhalte und problematische Praktiken gehören für viele Nutzer:innen zum Alltag auf Plattformen wie Facebook, Instagram, TikTok &amp; Co.: Von betrügerischen Angeboten und Hate Speech über Desinformation bis hin zu riskanten Design- und Werbepraktiken, die besonders Kinder und Jugendliche treffen können. Gleichzeitig bleiben viele Mechanismen hinter diesen Phänomenen schwer greifbar – etwa weil Plattformlogiken und Algorithmen oft intransparent sind und sich Risiken dynamisch verändern.
+Digital Services Act als Werkzeug zur Rechtsdurchsetzung
+Mit dem Digital Services Act (DSA) hat die EU erstmals einen europaweit einheitlichen Rechtsrahmen geschaffen, der große Plattformen stärker in die Verantwortung nimmt und klare Pflichten zur Risikominimierung und Transparenz festlegt. Plattformen mit mehr als 45 Mio. aktiven Nutzer:innen in der EU – sogenannte Very Large Online Platforms (VLOPs) – müssen u.a. systemische Risikoanalysen durchführen, Maßnahmen zur Minimierung dieser implementieren sowie Mechanismen zur effektiven Meldung illegaler Inhalte bereitstellen. Dass der DSA bereits konkret Wirkung entfaltet, zeigt ein Blick auf die laufende Umsetzung und erste Verfahren: So hat die Europäische Kommission formelle Verfahren gegen Plattformen wie TikTok und Meta (Facebook/Instagram) eingeleitet — etwa wegen mutmaßlicher Verstöße gegen Transparenz- und Meldepflichten. 
+In der DSA-Umsetzung zeigt sich allerdings eine wiederkehrende Lücke zwischen bekannten Problemen und belastbarer Evidenz: Bei vielen DSA-relevanten Risiken, wie etwa algorithmisch verstärkte Inhalte oder jugendschutzrelevante Desinformation, fehlen systematische, unabhängige Daten. Häufig gibt es Praxiserfahrungen, aber zu wenig systematische Aufbereitung, die für Aufsicht und Durchsetzung nutzbar sind. Begrenzte Ressourcen führen dazu, dass Wissen bisher oft nur ad hoc weitergegeben werden kann. Gleichzeitig wenden sich Behörden seit dem Inkrafttreten des DSA immer häufiger mit DSA-relevanten Fragestellungen an zivilgesellschaftliche Akteur:innen - so auch an uns, das Österreichische Institut für Angewandte Telekommunikation (ÖIAT). 
+ÖIAT als Sensor im Feld
+Das ÖIAT ist seit 1997 eine zentrale Anlaufstelle für genau diese Akteur:innen, wenn es um die digitale Sicherheit geht. Mit unseren Initiativen - wie Saferinternet.at, Watchlist Internet, Internet Ombudsstelle und der Servicestelle digitaleSenior:innen - und der damit einhergehenden Zielgruppennähe fungieren wir als Sensor im Feld für digitale Risiken in Österreich. Zugleich zählen wir zu den ersten Trusted Flaggern Österreichs und können als solche gemäß des DSA Inhalte prioritär an VLOPs melden.
+Diese Position wollen wir nutzen und schaffen mit DSA-Monitor ein zentrales Analyse- und Wissens-Hub, um die Lücke zwischen Praxiswissen und systematischer Evidenz zu schließen. Ziel ist es, fundierte, evidenzbasierte Erkenntnisse so aufzubereiten, dass sie für die digitale Plattformaufsicht und andere DSA-Stakeholder direkt nutzbar werden – und damit die wirksame Umsetzung des DSA in Österreich unterstützen. Der Fokus liegt dabei auf zwei Themenfelder: Strukturelle Hürden für Trusted Flagger sowie Kinder- und Jugendschutz. Ergänzend entsteht ein Toolkit, das Trusted Flagger in ihrer (Zusammen-)Arbeit unterstützen soll. 
+Im Jänner fand der Kick-off des Projekts DSA-Monitor statt. In den kommenden Monaten arbeiten wir daran, bestehende Wissenslücken zu schließen, praxisrelevante Evidenz aufzubereiten und damit einen konkreten Beitrag zur wirksamen Umsetzung des Digital Services Act in Österreich zu leisten.</t>
+  </si>
+  <si>
+    <t>Digital Service Act, Trusted Flagger, Social Media</t>
+  </si>
+  <si>
     <t>Community Project</t>
   </si>
   <si>
+    <t>DroneLink</t>
+  </si>
+  <si>
+    <t>DroneLink schafft Kommunikation dort, wo Netze fehlen. Drohnen bauen innerhalb kürzester Zeit unabhängige, breitbandige Funkverbindungen auf – offen, nachbaubar und ideal für Forschung und Kriseneinsätze.</t>
+  </si>
+  <si>
+    <t>**Was ist DroneLink?** 
+DroneLink ist ein modulares Kommunikationssystem, bei dem Drohnen als fliegende Relaisstationen fungieren. Ausgestattet mit gerichteten Wi‑Fi‑Richtfunkantennen bauen sie ein unabhängiges Netzwerk zwischen Bodenstationen auf.
+Die Drohnen übernehmen dabei nicht nur den Transport der Antennen, sondern auch:
+* die autonome Positions- und Höhenwahl
+* die präzise Ausrichtung der Antennen mittels Gimbal
+* den sicheren, verschlüsselten Datentransfer
+So entstehen temporäre, leistungsfähige Verbindungen – ohne Mobilfunklizenzen und ohne vorhandene Netzinfrastruktur.
+**Wie funktioniert das System?**
+1. **Initiale Koordination**: Ein robuster, niederbandbreiter Kanal dient zur Positionsbestimmung, Synchronisation und Verbindungsaufnahme zwischen den Bodenstationen.
+2. **Optimale Drohnenpositionierung**: Ein Algorithmus berechnet anhand von GPS‑Daten und digitalen Höhenmodellen jene Position, an der eine stabile Sichtverbindung gewährleistet ist.
+3. **Autonomer Flug &amp; Antennenausrichtung**: Die Drohne fliegt selbstständig in die berechnete Position und richtet die Richtfunkantennen mithilfe eines Gimbals kontinuierlich und exakt aus.
+4. **Hochbandbreitige Datenübertragung*: Über 5 GHz oder 60 GHz werden Datenraten bis in den Gigabit‑Bereich erreicht – sicher, verschlüsselt und unabhängig von bestehenden Netzen.
+**Für wen ist DroneLink gedacht?** 
+DroneLink richtet sich an Entwickler:innen der Open-Source-Community, Forschungseinrichtungen sowie Einsatz- und Katastrophenhilfsorganisationen, die auf flexible und zuverlässige Kommunikationslösungen angewiesen sind. Insbesondere Projekte rund um PX4, ArduPilot und MAVLink profitieren von der offenen Architektur und den standardisierten Schnittstellen. Gleichzeitig bietet DroneLink Universitäten und Fachhochschulen eine realitätsnahe Plattform für Forschung und Lehre im Bereich autonomer Systeme. Für Einsatzkräfte ermöglicht das System den schnellen Aufbau leistungsfähiger Kommunikationsnetze in Krisen- und Katastrophensituationen, auch dort, wo keinerlei Infrastruktur vorhanden ist.</t>
+  </si>
+  <si>
+    <t>Proof of Concept, Studie|Konzept</t>
+  </si>
+  <si>
+    <t>Linux, Sensorik</t>
+  </si>
+  <si>
+    <t>cyberphysische Systeme, Distributed Systems, Network Security</t>
+  </si>
+  <si>
+    <t>Technische Universität Wien</t>
+  </si>
+  <si>
+    <t>PX4 Autopilot</t>
+  </si>
+  <si>
+    <t>Hilfsorgansationen |Freiwilligei, Öffentliche Hand, Techniker:innen, thematische Community</t>
+  </si>
+  <si>
+    <t>04.02.2026</t>
+  </si>
+  <si>
+    <t>Projektstart DroneLink</t>
+  </si>
+  <si>
+    <t>Kommunikation in luftigen Höhen</t>
+  </si>
+  <si>
+    <t>DroneLink entwickelt ein offenes, drohnengestütztes Kommunikationssystem für hochbandbreitige Verbindungen ohne bestehende Infrastruktur. Autonome Drohnen ermöglichen flexible, schnelle Kommunikation für Forschung und Kriseneinsätze.</t>
+  </si>
+  <si>
+    <t>Was ist DroneLink?
+Kommunikation ist in vielen Situationen selbstverständlich – bis sie plötzlich nicht mehr verfügbar ist. Bei Naturkatastrophen, großflächigen Stromausfällen oder Einsätzen in abgelegenen Regionen fehlt oft jede Form von zuverlässiger Datenverbindung. Genau hier setzt DroneLink an: Ein offenes, drohnengestütztes Kommunikationssystem, das unabhängig von bestehender Infrastruktur funktioniert und innerhalb kurzer Zeit hochbandbreitige Verbindungen herstellen kann.
+Die Grundidee ist einfach, aber wirkungsvoll: Autonome Drohnen fungieren als fliegende Relaisstationen. Sie positionieren sich selbstständig, richten Antennen präzise aus und verbinden entfernte Bodenstationen über frei verfügbare Funkfrequenzen. Dadurch entstehen temporäre Netzwerke mit hoher Bandbreite und geringer Latenz – vollständig Open Source, nachbaubar und flexibel anpassbar.
+Wie geht es weiter?
+In den kommenden Wochen legen wir den Fokus auf den Hardwarentwurf. Dazu zählen die Auswahl und Abstimmung geeigneter Komponenten, der Aufbau der Drohne sowie erste Flug- und Stabilitätstests. Wir wählen geeignete Motoren, Flugcomputer, Batterien, Telemetrie-Radios und weitere Systemkomponenten aus, um eine stabile, leistungsfähige und ausdauernde Plattform für den späteren Kommunikationsbetrieb mit Richtfunkantennen und Gimbal zu schaffen.
+Parallel dazu beginnen wir mit der Umsetzung der grundlegenden Softwarearchitektur. Dazu zählt die Entwicklung der Server- und Client-Komponenten für die Bodenstationen, die Definition interner Schnittstellen sowie die Integration der Drohne über das MAVLink-Protokoll. Ziel ist eine modulare Basis, die eine saubere Trennung von Flugsteuerung, Kommunikation und Netzwerklogik ermöglicht und zukünftige Erweiterungen erleichtert.
+Open Source Repositories
+Die Entwicklung von DroneLink erfolgt vollständig offen. Der Quellcode und die Dokumentation werden schrittweise in folgendem Repository veröffentlicht: https://github.com/F-WuTS/DroneLink</t>
+  </si>
+  <si>
+    <t>Kick-Off für die Hinweisbox</t>
+  </si>
+  <si>
+    <t>Wir haben gestartet und entwickeln im Team</t>
+  </si>
+  <si>
+    <t>Wir haben gestartet und entwickeln im Team „Die Hinweisbox – eine Whistleblower-Plattform für Kinderschutz in Organisationen“ 😊</t>
+  </si>
+  <si>
+    <t>... das Team sind wir, ECPAT Österreich – Arbeitsgemeinschaft zum Schutz der Rechte der Kinder vor sexueller Ausbeutung, und HI1 - Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Entwicklung, Optimierung und Beratung.</t>
+  </si>
+  <si>
+    <t>Das Team sind wir, ECPAT Österreich – Arbeitsgemeinschaft zum Schutz der Rechte der Kinder vor sexueller Ausbeutung, und HI1 - Digital Marketing Agentur, die einen ganzheitlichen Ansatz verfolgt: Entwicklung, Optimierung und Beratung. 
+In unserem ersten Kick-off-Meeting im Dezember wurden Rollen, Zuständigkeiten und Arbeitspakete sowie Umfang und Ausrichtung der Plattform klar definiert. 
+Ein erster Schwerpunkt liegt auf der Benchmark-Recherche um Anforderungen und Abgrenzungen für die Hinweisbox abzuleiten. Parallel dazu wurde eine strukturierte Liste offener Fragen für die Rechtsberatung erarbeitet. Diese betreffen unter anderem den Betrieb der Lösung, Anwenderinformationen, Anonymität, Barrierefreiheit, Datei-Uploads, Zugriffsregelungen sowie den Umgang mit und Besitz von Daten auf dem Server.
+Erste technische und organisatorische Grundlagen für Internationalisierung, Übersetzungen und Barrierefreiheit wurden ebenfalls thematisiert.
+Nach einem erfolgreichen Projektstart liegt der Fokus in den kommenden Wochen klar auf der Vertiefung in der Konzeption und technischen Entwicklung. Die ersten UML-Diagramme sind schon erstellt worden.
+ </t>
+  </si>
+  <si>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>Demokratie im Schulalltag: aula startet erfolgreich</t>
+  </si>
+  <si>
+    <t>Schüler*innen gestalten mit. Erfolgreicher Projektstart an der ersten Schule</t>
+  </si>
+  <si>
+    <t>aula startet erfolgreich in die Umsetzungsphase!</t>
+  </si>
+  <si>
+    <t>aula bietet Schüler*innen einen niedrigschwelligen, praxisnahen Zugang zu demokratischen Prozessen und Mitbestimmung im Schulalltag</t>
+  </si>
+  <si>
+    <t>So nimmt aula Fahrt auf!
+Die erste Schule hat die Arbeit mit aula erfolgreich aufgenommen. Mit spürbarer Begeisterung auf allen Seiten.
+	Erfolgreicher Projektstart an der ersten Schule: Ein Projektteam aus Schüler*innen und Lehrkräften wurde gebildet.
+	Drei Einführungsworkshops erfolgreich durchgeführt: Die Workshops als auch das Webinar zur aula Stunde wurden sehr positiv aufgenommen.
+	Akzeptanz der aula-App: Trotz anfänglicher technischer Herausforderungen konnten die ersten Codes erfolgreich freigeschaltet werden. Die Schüler*innen beteiligen sich aktiv, lernen konstruktives Feedback zu geben und zeigen Freude am Format.
+	Vernetzung und Kommunikation: Parallel zu den ersten Workshops fanden erste Vernetzungs- und Abstimmungstreffen statt, um Projektziele, pädagogische Ansätze und organisatorische Abläufe gemeinsam zu reflektieren und die Zusammenarbeit zu stärken.
+Ausblick:
+Der Projektverlauf ist insgesamt sehr positiv. Als nächste Schritte sind die Einbindung weiterer Schulen sowie eine kontinuierliche Vernetzung geplant.
+ </t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
     <t>DSA-Monitor</t>
   </si>
   <si>
     <t>Wissens- und Analyse-Hub für evidenzbasiertes DSA-Enforcement</t>
   </si>
   <si>
-    <t>Der Digital Services Act (DSA) ist die erste EU-weite Verordnung, die illegale Inhalte auf Plattformen wie Meta, TikTok &amp; Co. bekämpft und Plattformen stärker in die Verantwortung nimmt. Das ÖIAT ist als Trusted Flagger im Sinne des DSA ein vertrauenswürdiger Hinweisgeber und kann problematische Inhalte prioritär zur raschen Entfernung melden. Gleichzeitig ist das ÖIAT seit 1997 eine zentrale Anlaufstelle für digitale Sicherheit. Mit unseren Initiativen wie saferinternet.at, Watchlist Internet, der Internet Ombudsstelle oder der Servicestelle digitaleSenior:innen und durch unsere Nähe zu den Zielgruppen fungieren wir als Frühwarnsystem für digitale Risiken in Österreich.
+    <t>Der Digital Services Act (DSA) ist die erste EU-weite Verordnung, die illegale Inhalte auf Plattformen wie Facebook, Instagram, TikTok &amp; Co. bekämpft und Plattformen stärker in die Verantwortung nimmt. Das ÖIAT ist als Trusted Flagger im Sinne des DSA ein vertrauenswürdiger Hinweisgeber und kann problematische Inhalte prioritär zur raschen Entfernung melden. Gleichzeitig ist das ÖIAT seit 1997 eine zentrale Anlaufstelle für digitale Sicherheit. Mit unseren Initiativen wie saferinternet.at, Watchlist Internet, der Internet Ombudsstelle oder der Servicestelle digitaleSenior:innen und durch unsere Nähe zu den Zielgruppen fungieren wir als Frühwarnsystem für digitale Risiken in Österreich.
 Seit Inkrafttreten des DSA wenden sich Behörden mit relevanten Fragestellungen an zivilgesellschaftliche Organisationen wie uns. Die DSA-relevanten Probleme sind häufig bekannt, aber nur schwer greifbar. Aufgrund begrenzter Ressourcen können wir Praxiserfahrungen bisher nur ad-hoc weitergeben – vertiefende Recherchen und Analysen, die regulatorisch verwertbar wären, fehlen. Dies erschwert das DSA-Enforcement.
 Mit DSA Monitor schaffen wir ein zentrales Analyse- und Wissens-Hub, das diese Lücke schließen soll. Zu den Schwerpunktthemen „Kinder- und Jugendschutz“ sowie „Hürden für Trusted Flagger“ wollen wir fundiertes, evidenzbasiertes Wissen für die digitale Plattformaufsicht aufbereiten und Behörden gezielt beim DSA-Enforcement unterstützen.</t>
   </si>
   <si>
-    <t>12.12.2025</t>
-[...210 lines deleted...]
-Kommunikation ist nie wertneutral. Sie bewegt sich immer in einem bestimmten sozialen oder politischen "Frame", also Rahmen, der unsere Wahrnehmung beeinflusst. Oft auch bewusst gesetzt, etwa durch gezielte Begriffe, z. B. “Asyltourismus”, oder Narrative. Somes möchte hier einen Gegenpol schaffen, indem wir faire und verantwortungsvolle Rahmen anbieten, die politischen Diskurs ermöglichen, ohne ihn durch manipulative Sprache oder Hass zu verzerren.  
+    <t>28.01.2026</t>
+  </si>
+  <si>
+    <t>Projektstart Faircamp 2.0 – Faircamp in Brüssel</t>
+  </si>
+  <si>
+    <t>Worum geht's, wie sieht der Plan aus, und was passiert als Nächstes?</t>
+  </si>
+  <si>
+    <t>Mit Jänner ist das Projekt Faircamp 2.0 nun offiziell in Startposition. Worum
+geht's? Kurzum: Faircamp, ein bestehendes Softwareprojekt dass Menschen
+ermöglicht unabhängig und nachhaltig Audio im Netz zu publizieren, wird über
+die nächsten Monate umfassend erweitert und neugedacht werden. Drei große
+Themen sind dabei der Leitstern: 1. Faircamp soll ein grafisches
+Userinterface bekommen, welches sich auf allen Mainstream-Plattformen
+(Windows, macOS, Linux) direkt in den Desktop integriert. 2. Die grundlegende
+Architektur der Software soll dahingehend adaptiert werden, dass ein noch
+viel breiteres Spektrum an Einsatzzwecken möglich sind. 3. Die Dokumentation
+und Vermittlung soll im Zuge dieser ersten beiden Entwicklungen mitwachsen.</t>
+  </si>
+  <si>
+    <t>Mit Jänner ist das Projekt Faircamp 2.0 nun offiziell in Startposition. Worum
+geht's? Kurzum: Faircamp, ein bestehendes Softwareprojekt dass Menschen
+ermöglicht unabhängig und nachhaltig Audio im Netz zu publizieren, wird über
+die nächsten Monate umfassend erweitert und neugedacht werden. Drei große
+Themen sind dabei der Leitstern: 1. Faircamp soll ein grafisches
+Userinterface bekommen, welches sich auf allen Mainstream-Plattformen
+(Windows, macOS, Linux) direkt in den Desktop integriert. 2. Die grundlegende
+Architektur der Software soll dahingehend adaptiert werden, dass ein noch
+viel breiteres Spektrum an Einsatzzwecken möglich ist. 3. Die Dokumentation
+und Vermittlung soll im Zuge dieser ersten beiden Entwicklungen mitwachsen.
+Um diesen mehrmonatigen Prozess in Form zu bekommen, wurde im Jänner schon
+kräftig gebrainstormed, experimentiert, ausgelotet und mit der Community
+kommuniziert, und nun folgt darauf der offizielle (und formale, in
+Projektplanung gegossene) Projektstart!
+Wie sieht der konkrete Plan aus? Über die nächsten Wochen wird in einem
+intensiven Wechselspiel zwischen Entwicklung und Konzeption das neue
+Fundament der Architektur von Faircamp 2.0 ausgearbeitet. Hierbei entscheidet
+sich was im neuen Datenmodell technisch möglich ist, aber auch wo die Grenzen
+dessen verlaufen was vorgesehen ist. Höchstes Gebot dabei ist es den
+Sweetspot zu finden – mit einem zu stark eingeschränkten System verspielt man
+viele Möglichkeiten, mit einer "eierlegenden Wollmilchsau" tut man sich und
+seinen Nutzer_innen aber auch keinen Gefallen.
+Vorraussichtlich um den März herum wird sich der Entwicklungsprozess dann
+langsam aber stetig in eine neue Richtung verschieben: der grafischen
+Benutzeroberfläche. Geplant ist hierbei mit einem rudimentären aber
+funktionalen Grundgerüst zu beginnen, und in einem iterativen Prozess,
+Komponente für Komponente, zur vollen Abdeckung der Grundfunktionalität von
+Faircamp hinzuarbeiten. Die Abbildung des Datenmodells durch interaktive,
+grafische Elemente wird zudem einen Feedbackloop einleiten, in dem auch die
+Architektur nochmal nachjustiert werden kann um das Datenmodell sowohl durch
+den Blick des Dateisystems und des Texteditors wie auch durch die grafische
+Oberfläche schlüssig zu halten.
+Sobald die ersten insgesamt kohärent verwendbaren Entwicklungsversionen von
+Faircamp 2.0 zusammenkommen - vorrausichtlich um den April herum - wird das
+Projekt dann stetig in den dritten, finalen Abschnitt des Projekts gehen:
+Eine Vorschauversion von Faircamp 2.0 wird dann laufend mit den Nutzer_innen
+geteilt werden, und im Wechselspiel mit dem Feedback aus der tatsächlichen
+Verwendung durch die Community wird die neue Architektur nochmal abschließend
+evaluiert und angepasst werden, sowie begleitend die neue Dokumentation und
+Installationspakete für alle Plattformen ausgearbeitet werden.
+Und nun zurück in die Gegenwart: Heute Nachmittag wird die formale
+Projektplanung eingereicht und das Projekt startet – nun ganz offiziell. Ab
+übermorgen wird der Projektstart dann noch von gebührendem Rahmenprogramm
+eingeläutet: Faircamp ist zu Gast in Brüssel! Dieses Wochenende findet dort
+das jährliche Free and Open Source Software Developers’ European Meeting
+(FOSDEM) statt - mit über 8.000 Besucher_innen eine der größten Konferenzen
+zu freier Software weltweit. Am Sonntag schließt Faircamp mit dem
+Vortrag Independent and sustainable audio publishing with Faircamp das
+Programm im Music Production Track ab, aber auch in zumindest einem weiteren
+Vortrag wird Faircamp Erwähnung finden, und ich freue mich schon riesig auf
+die Gespräche mit den Nutzer_innen auf den Gängen, zwischen den Vorträgen,
+und im Rahmen der zahlreichen Events.</t>
+  </si>
+  <si>
+    <t>27.01.2026</t>
+  </si>
+  <si>
+    <t>First outreach activities</t>
+  </si>
+  <si>
+    <t>great feedback from the community</t>
+  </si>
+  <si>
+    <t>Following the plan we drafted at the community camp in November, we sent an invitation to join us via newsletter to all Topotheques in January. There is great interest in our project, and we are looking forward to the kickoff workshop.</t>
+  </si>
+  <si>
+    <t>The Community shows interest in our project and the fist volunteers are joining us.</t>
+  </si>
+  <si>
+    <t>In November, we got together and drafted the project steps during the Netidee Bootcamp. We got ourselves set up in December and started our outreach activities in January. The first step in our outreach activities was to reach the community and find volunteers for our workshops as subjects for our user-centered design approach.
+The feedback to the January newsletter yielded many interested candidates, and we look forward to our first meeting at the kickoff workshop in February, where we plan to get to know each other and conduct the first design steps.
  </t>
   </si>
   <si>
-    <t>rust, Politik, Transparency, Open Data, somes</t>
-[...145 lines deleted...]
-    <t>Google, Google Shopping, Kartellrecht, Selbstbevorzugung, Digital Markets Act, DMA, Doppelbestrafungsverbot, Ne bis in idem</t>
+    <t>26.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -836,71 +747,71 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AB11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="90.692" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="21" max="21" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="355.056" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="1136.008" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="820.942" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="39.99" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="25" max="25" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -950,566 +861,538 @@
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:28">
       <c r="A2">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="B2"/>
+      <c r="C2"/>
       <c r="D2"/>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="N2"/>
-      <c r="O2"/>
+      <c r="O2" t="s">
+        <v>30</v>
+      </c>
       <c r="P2"/>
-      <c r="Q2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:28">
       <c r="A3">
         <v>2025</v>
       </c>
       <c r="B3">
-        <v>7996</v>
+        <v>7977</v>
       </c>
       <c r="C3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
         <v>34</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>35</v>
       </c>
       <c r="N3"/>
-      <c r="O3"/>
-[...1 lines deleted...]
-      <c r="Q3" t="s">
+      <c r="O3" t="s">
         <v>36</v>
       </c>
-      <c r="R3" t="s">
+      <c r="P3" t="s">
         <v>37</v>
       </c>
+      <c r="Q3"/>
+      <c r="R3"/>
       <c r="S3"/>
-      <c r="T3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="T3"/>
+      <c r="U3"/>
       <c r="V3"/>
       <c r="W3"/>
-      <c r="X3" t="s">
-[...2 lines deleted...]
-      <c r="Y3"/>
+      <c r="X3"/>
+      <c r="Y3" t="s">
+        <v>38</v>
+      </c>
       <c r="Z3"/>
       <c r="AA3"/>
       <c r="AB3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:28">
       <c r="A4">
         <v>2025</v>
       </c>
       <c r="B4">
-        <v>8012</v>
+        <v>7730</v>
       </c>
       <c r="C4" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:28">
       <c r="A5">
         <v>2025</v>
       </c>
       <c r="B5">
-        <v>8012</v>
+        <v>7905</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="L5"/>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M5"/>
       <c r="N5"/>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="P5"/>
       <c r="Q5" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="R5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="S5"/>
       <c r="T5" t="s">
+        <v>51</v>
+      </c>
+      <c r="U5" t="s">
+        <v>52</v>
+      </c>
+      <c r="V5" t="s">
         <v>53</v>
       </c>
-      <c r="U5" t="s">
+      <c r="W5" t="s">
         <v>54</v>
       </c>
-      <c r="V5" t="s">
+      <c r="X5" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
       <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:28">
       <c r="A6">
         <v>2025</v>
       </c>
       <c r="B6">
-        <v>7859</v>
+        <v>7905</v>
       </c>
       <c r="C6" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
+        <v>57</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6"/>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
         <v>60</v>
       </c>
-      <c r="L6"/>
-[...9 lines deleted...]
-      </c>
+      <c r="Q6"/>
+      <c r="R6"/>
       <c r="S6"/>
-      <c r="T6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="T6"/>
+      <c r="U6"/>
+      <c r="V6"/>
       <c r="W6"/>
-      <c r="X6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X6"/>
       <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:28">
       <c r="A7">
         <v>2025</v>
       </c>
       <c r="B7">
-        <v>7905</v>
+        <v>7940</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="L7"/>
-      <c r="M7"/>
-      <c r="N7"/>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>63</v>
+      </c>
       <c r="O7" t="s">
-        <v>68</v>
-[...7 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q7"/>
+      <c r="R7"/>
       <c r="S7"/>
-      <c r="T7" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="T7"/>
+      <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
-      <c r="X7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:28">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8">
-        <v>7723</v>
+        <v>8039</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="N8"/>
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>69</v>
+      </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
-      <c r="Y8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:28">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9">
-        <v>7723</v>
+        <v>7730</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="N9"/>
-      <c r="O9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O9"/>
       <c r="P9"/>
       <c r="Q9" t="s">
-        <v>83</v>
-[...12 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="R9"/>
+      <c r="S9"/>
+      <c r="T9"/>
+      <c r="U9"/>
       <c r="V9"/>
       <c r="W9"/>
-      <c r="X9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:28">
       <c r="A10">
         <v>2025</v>
       </c>
-      <c r="B10"/>
-      <c r="C10"/>
+      <c r="B10">
+        <v>7863</v>
+      </c>
+      <c r="C10" t="s">
+        <v>40</v>
+      </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:28">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11">
-        <v>7709</v>
+        <v>7828</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="N11"/>
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>84</v>
+      </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
-      <c r="Y11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">